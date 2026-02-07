--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -1,26085 +1,25736 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0FC60BF5" w14:textId="77777777" w:rsidR="006A0517" w:rsidRDefault="006A0517" w:rsidP="006A0517">
+    <w:p w14:paraId="0FC60BF5" w14:textId="6EF32FA8" w:rsidR="006A0517" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="006A0517">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="144"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2448"/>
           <w:tab w:val="left" w:pos="2736"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PROJECT ARCHITECT RESPONSIBILITY: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>This is a general specification guide, intended to be used by experienced construction professionals, in conjunction with good construction practice and professional judgment. This guide is to aid in the creation of a complete building specification that is to be fully reviewed and edited by the architect of record (specifier). Sections of this guide should be included, edited, or omitted based on the requirements of a specific project. It is the responsibility of both the specifier and the purchaser to determine if a product or system is suitable for its intended use</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0374" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> within their projects respective zip code</w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-    <w:p w14:paraId="3BC55DCB" w14:textId="77777777" w:rsidR="006A0517" w:rsidRDefault="006A0517" w:rsidP="006A0517">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Neither Owens Corning, nor any of its subsidiary or affiliated companies, assume any responsibility for the content of this specification guide relative to actual projects and specifically disclaim any and all liability for any errors or omissions in design, detail, structural capability, attachment details, shop drawings or other construction related details, whether based upon the information provided by Owens Corning or otherwise. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC55DCB" w14:textId="77777777" w:rsidR="006A0517" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="006A0517">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="144"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2448"/>
           <w:tab w:val="left" w:pos="2736"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1DABF988" w14:textId="77777777" w:rsidR="006A0517" w:rsidRDefault="006A0517" w:rsidP="006A0517">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DABF988" w14:textId="77777777" w:rsidR="006A0517" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="006A0517">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="144"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2448"/>
           <w:tab w:val="left" w:pos="2736"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6990A681" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="006A0517" w:rsidRDefault="006A0517" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6990A681" w14:textId="027822CA" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATTitleOfSection"/>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">SECTION 07 31 13.13 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>SECTION 07</w:t>
-[...58 lines deleted...]
-    <w:p w14:paraId="6D50835E" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+        <w:t>FIBERGLASS-BASED ASPHALT SHINGLES &amp; ACCESSORIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D50835E" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44CCAB8D" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="44CCAB8D" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>GENERAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADE2A8B" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="7ADE2A8B" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38130D09" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="38130D09" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">   SECTION INCLUDES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE7D388" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="4DE7D388" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="51AAEA43" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51AAEA43" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Roof shingles and accessories including the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E9EEB9" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
-[...127 lines deleted...]
-    <w:p w14:paraId="70B7AC4E" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="24E9EEB9" w14:textId="78734F2B" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Fiberglass-based asphalt shingles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB86A4C" w14:textId="0CD29D49" w:rsidR="00411FDA" w:rsidRPr="008462A6" w:rsidRDefault="008431FD" w:rsidP="00411FDA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Modified bitumen roofing systems</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D77F5A4" w14:textId="7BE1AD0B" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="00411FDA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Hip and ridge shingles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E176487" w14:textId="567C7844" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Starter shingles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2278619E" w14:textId="001EA8FD" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Self-adhering ice and water barrier</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F45A451" w14:textId="3345B50C" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingle underlayment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DBDA0ED" w14:textId="143F5D9D" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Attic ventilation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED37458" w14:textId="5DF70023" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Fasteners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71234269" w14:textId="67CD3014" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Metal flashing and trim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F052925" w14:textId="45BA68A6" w:rsidR="007A5EE6" w:rsidRPr="008462A6" w:rsidRDefault="007A5EE6" w:rsidP="007A5EE6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Low Slope Roofing Systems</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B7AC4E" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="515A1768" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="515A1768" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">   RELATED SECTIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0840E05A" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="0840E05A" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3BEBA1EE" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BEBA1EE" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>**NOTE TO SPECIFIER** Delete and/or add other sections as required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59AFFB01" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="59AFFB01" w14:textId="55DB624B" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="4F3D4382" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 061000 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rough Carpentry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3D4382" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7C53AC83" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C53AC83" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Section 071300 – Sheet Waterproofing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310E1913" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="310E1913" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="04E4AE92" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04E4AE92" w14:textId="5C56B8F4" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4500"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="5409C126" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 072200 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Roof and Deck Insulation; for insulation placed over roof decking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5409C126" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1543ABCB" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1543ABCB" w14:textId="06025417" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="60224E2E" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 076000 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Flashing and Sheet Metal; for snow guards, metal flashing and drip edges, including step-type flashing installed with shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60224E2E" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1F1E26D6" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F1E26D6" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Section 077100 – Roof Specialties: Manufactured Gutters and Downspouts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62C49756" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="62C49756" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2AEEB5E7" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AEEB5E7" w14:textId="2260BBF7" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="22C53BD5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 077200 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Roof Accessories.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C53BD5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="039516DA" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="039516DA" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Section 086000 – Roof Windows and Skylights.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099A4CB7" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="099A4CB7" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7F7DBFB3" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F7DBFB3" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>**NOTE TO SPECIFIER** Delete references from the list below that are not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16303136" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="16303136" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">   REFERENCES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51DCAFC5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="51DCAFC5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A4FF987" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="1A4FF987" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>American Society of Civil Engineers (ACSE):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0924652C" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0924652C" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ASCE 7 – Minimum Design Loads for Buildings and Other Structures.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5449F424" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="5449F424" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3427FAE5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3427FAE5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Asphalt Roofing Manufacturers Association (ARMA).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD0F9A8" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="7CD0F9A8" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="78069365" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78069365" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ASTM International (ASTM):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F518327" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
-[...40 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2F518327" w14:textId="7417C2C0" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM A653/A653M </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Specification for Steel Sheet, Zinc Coated (Galvanized) or Zinc-Iron Alloy-Coated (Galvannealed) by the Hot-Dip Process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65213393" w14:textId="4E973FA7" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM B209 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Specification for Aluminum and Aluminum-Alloy Sheet and Plate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C48863" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM B370 – Standard Specification for Copper Sheet and Strip for Building Construction. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FB10CB7" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
-[...40 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1FB10CB7" w14:textId="1B71C5E8" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D226 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Specification for Asphalt-Saturated Organic Felt Used in Roofing and Waterproofing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66419EA5" w14:textId="76C21FC2" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D228 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Test Method for Sampling, Testing, and Analysis of Asphalt Roll Roofing, Cap Sheets, and Shingles Used in Roofing and Waterproofing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E701BCB" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ASTM D1079 – Standard Terminology Relating to Roofing and Waterproofing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE7449E" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
-[...184 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2DE7449E" w14:textId="10494473" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D1970 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Specification for Self-Adhering Polymer Modified Bituminous Sheet Materials Used as Steep Roofing Underlayment for Ice Dam Protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C401D45" w14:textId="65D3A3B3" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D3018 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Specification for Class A Asphalt Shingles Surfaced with Mineral Granules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AF9890" w14:textId="033C0583" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D3161 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Test Method for Wind-Resistance of Asphalt Shingles (Fan-Induced Method).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057CA482" w14:textId="30AC3341" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D3462 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Specification for Asphalt Shingles Made from Glass felt and Surfaced with Mineral Granules</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BFBAB0" w14:textId="59371516" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D4586 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Specification for Asphalt Roof Cement, Asbestos-Free.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B69B2E6" w14:textId="3130E0FB" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D4869 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Specification for Asphalt-Saturated Organic Felt Underlayment Used in Steep Slope Roofing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51010DE6" w14:textId="3B33DDEB" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D6381 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Test Method for Measurement of Asphalt Shingle Mechanical Uplift Resistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307F2392" w14:textId="4FD546F4" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D6757 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Specification for Underlayment Felt Containing Inorganic Fibers Used in Steep-Slope Roofing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18846AEA" w14:textId="440FDC87" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D7158 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Test Method for Wind Resistance of Sealed Asphalt Shingles (Uplift Force/Uplift Resistance Method).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B064270" w14:textId="2F8BF160" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM E108 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Test Methods for Fire Tests of Roof Coverings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252E7842" w14:textId="26B7AA8C" w:rsidR="00E70447" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM F1667 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Specification for Driven Fasteners: Nails, Spikes, and Staples.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A3BB79" w14:textId="77777777" w:rsidR="00E70447" w:rsidRPr="008462A6" w:rsidRDefault="00E70447" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ASTM D6163 – Standard Specification for Styrene Butadiene Styrene (SBS) Modified Bituminous Sheet Materials Using Glass Fiber Reinforcements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC6FE6F" w14:textId="55747958" w:rsidR="00E70447" w:rsidRDefault="00E70447" w:rsidP="00E70447">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2CC6FE6F" w14:textId="55747958" w:rsidR="00E70447" w:rsidRPr="008462A6" w:rsidRDefault="00E70447" w:rsidP="00E70447">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ASTM D6164 – Standard Specification for Styrene Butadiene Styrene (SBS) Modified Bituminous Sheet Materials Using Polyester Reinforcements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706009AB" w14:textId="418F2DEB" w:rsidR="004D22EC" w:rsidRPr="004D22EC" w:rsidRDefault="004D22EC" w:rsidP="004D22EC">
-[...36 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="706009AB" w14:textId="418F2DEB" w:rsidR="004D22EC" w:rsidRPr="008462A6" w:rsidRDefault="004D22EC" w:rsidP="004D22EC">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D8257 – Standard Specification for </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD045A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Mechanically Attached Polymeric Roof Underlayment</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Used in Steep Slope Roofing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2F9BB4" w14:textId="0C5BC629" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="00F32BC6">
-[...13 lines deleted...]
-    <w:p w14:paraId="7F751A22" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="7F751A22" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="008462A6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1152"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="4A789113" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A789113" w14:textId="6F1678F3" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="0E625029" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Cool Roof Rating Council (CRRC): Product Rating Program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E625029" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6CA9E898" w14:textId="1BE04027" w:rsidR="006F45B7" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA9E898" w14:textId="238D8478" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Canadian Standards Association (CSA): </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE299D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>CAN/</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...7 lines deleted...]
-    <w:p w14:paraId="2CDCFA12" w14:textId="49822834" w:rsidR="00AE299D" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CSA A123.5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Asphalt Shingles Made from Glass Felt and Surfaced with Mineral Granules. Note: Applicable only to products sold for use in Canada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDCFA12" w14:textId="49822834" w:rsidR="00AE299D" w:rsidRPr="008462A6" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="214D3859" w14:textId="2DF6FD75" w:rsidR="00AE299D" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="214D3859" w14:textId="071FC83D" w:rsidR="00AE299D" w:rsidRPr="008462A6" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> – Self-adhering polymer modified bituminous sheet materials used as steep </w:t>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Canadian Standards Association (CSA): CAN/CSA A123.22 – Self-adhering polymer modified bituminous sheet materials used as steep </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>slop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roofing underlayment for ice dam protection. Note: Applicable only to products sold for use in Canada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5917CAEC" w14:textId="00D0B719" w:rsidR="00AE299D" w:rsidRPr="008462A6" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="620CFB1E" w14:textId="69517B10" w:rsidR="00AE299D" w:rsidRPr="008462A6" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Canadian Standards Association (CSA): CAN/CSA A123.3 – Asphalt saturated organic roofing felt. Note: Applicable only to products sold for use in Canada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EACD59C" w14:textId="278B9DC3" w:rsidR="00AE299D" w:rsidRPr="008462A6" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="322FFE62" w14:textId="75EB09C6" w:rsidR="00AE299D" w:rsidRPr="008462A6" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Canadian Standards Association (CSA): CAN/CSA A220.1 – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F95AAD" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Installation of c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>oncrete roof tiles. Note: Applicable only to products sold for use in Canada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4CF5CC" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C7E6037" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">California Building Standards Commission (CBSC): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0749F555" w14:textId="60644325" w:rsidR="00B90558" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="00B90558">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>California Building Code, California Code of Regulations Title 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45324965" w14:textId="77777777" w:rsidR="00B90558" w:rsidRPr="008462A6" w:rsidRDefault="00B90558" w:rsidP="00F32BC6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04C8B58B" w14:textId="329AD2D6" w:rsidR="00B90558" w:rsidRPr="008462A6" w:rsidRDefault="00B90558" w:rsidP="00F32BC6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>FM Approvals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B486E77" w14:textId="54E2DF86" w:rsidR="00B90558" w:rsidRPr="008462A6" w:rsidRDefault="00703E41" w:rsidP="00FD045A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FM 4474 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...7 lines deleted...]
-    <w:p w14:paraId="5917CAEC" w14:textId="00D0B719" w:rsidR="00AE299D" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
+      <w:r w:rsidR="00B90558" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>American National Standard for Evaluating the Simulated Wind Uplift Resistance of Roof Assemblies Using Static Positive and/or Negative Differential Pressures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFF27ED" w14:textId="03D76CF0" w:rsidR="00FD045A" w:rsidRPr="008462A6" w:rsidRDefault="00FD045A" w:rsidP="00FD045A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>FM 4475 – Approval Standard for Class 1 Steep Slope Roof Covers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313811F7" w14:textId="1EA5F56B" w:rsidR="00556C2B" w:rsidRPr="008462A6" w:rsidRDefault="00556C2B" w:rsidP="00556C2B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ANSI/FM 4473 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Test Standard for Impact Resistance Testing of Rigid Roofing Materials by Impacting with Freezer Ice Balls</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59122D41" w14:textId="79AD9E7A" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="00B90558" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="620CFB1E" w14:textId="7035E55B" w:rsidR="00AE299D" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295EF1E1" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="5EACD59C" w14:textId="278B9DC3" w:rsidR="00AE299D" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Florida Building Commission (FBC): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A72015B" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Building Code.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42AAD7E0" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approvals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2544B79F" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="322FFE62" w14:textId="0EA3C47E" w:rsidR="00AE299D" w:rsidRPr="00AE299D" w:rsidRDefault="00AE299D" w:rsidP="00AE299D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58450682" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="4D4CF5CC" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>International Code Council (ICC):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B178875" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>International Residential Code (IRC).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00DAEB8A" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>International Building Code (IBC).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698ACA7F" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1C7E6037" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C876147" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="00152253" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="45324965" w14:textId="77777777" w:rsidR="00B90558" w:rsidRDefault="00B90558" w:rsidP="00F32BC6">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>International Code Council Evalu</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ation Service (ICC-ES)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AB9864" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ICC-ES Evaluation Reports.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120205A1" w14:textId="107219D1" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ICC-ES Acceptance Criteria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0455195B" w14:textId="3302869F" w:rsidR="00094A45" w:rsidRPr="008462A6" w:rsidRDefault="00094A45" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...264 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F361AD" w14:textId="0A0CCF79" w:rsidR="00094A45" w:rsidRPr="00FD045A" w:rsidRDefault="00094A45" w:rsidP="00FD045A">
+    <w:p w14:paraId="02F361AD" w14:textId="0A0CCF79" w:rsidR="00094A45" w:rsidRPr="008462A6" w:rsidRDefault="00094A45" w:rsidP="00FD045A">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1152"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Intertek</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287FFE3F" w14:textId="4C545907" w:rsidR="00094A45" w:rsidRPr="00F32BC6" w:rsidRDefault="00094A45">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="287FFE3F" w14:textId="4C545907" w:rsidR="00094A45" w:rsidRPr="008462A6" w:rsidRDefault="00094A45">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Intertek Code Compliance Research Report (CCRR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="729EA809" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="729EA809" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5499A77F" w14:textId="77777777" w:rsidR="00C4132E" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5499A77F" w14:textId="77777777" w:rsidR="00C4132E" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Miami-Dade County</w:t>
       </w:r>
-      <w:r w:rsidR="00994C63">
-        <w:rPr>
+      <w:r w:rsidR="00994C63" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department of Regulatory and Economic Resources (RER), Product Control Section</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA14419" w14:textId="06C87E15" w:rsidR="006F45B7" w:rsidRPr="00FD045A" w:rsidRDefault="006F45B7" w:rsidP="00F32BC6">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4BA14419" w14:textId="06C87E15" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="00F32BC6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Miami-Dade County Notice of Acceptance (NOA).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04BE6367" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="04BE6367" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="16F8249C" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16F8249C" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>National Roofing Contractors Association (NRCA).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A1455F" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="48A1455F" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6DEF1909" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DEF1909" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sheet Metal and Air Conditioning Contractors National Association, 1nc. (SMACNA) – Architectural Sheet Metal Manual.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A07212" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="08A07212" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0E44E380" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E44E380" w14:textId="5FC4C643" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="03D85981" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Texas Department of Insurance (TDI): Product Listing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D85981" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1DEE5F97" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DEE5F97" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Underwriters Laboratories (UL):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="140E79E8" w14:textId="28A38ED3" w:rsidR="006F45B7" w:rsidRPr="00FD045A" w:rsidRDefault="006F45B7" w:rsidP="00FD045A">
-[...36 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="140E79E8" w14:textId="1AF6E19E" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="00FD045A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 790 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Standard Test Methods for Fire Test of Roof Coverings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB5C0CC" w14:textId="0C3A25BF" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="00FD045A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Impact Resistance of Prepared Roof Covering Materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01358005" w14:textId="2165C548" w:rsidR="0025450D" w:rsidRPr="008462A6" w:rsidRDefault="0025450D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>UL 1897 – Uplift Tests for Roof Covering Systems</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B219BE" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="23B219BE" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="02925A61" w14:textId="102C6670" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="00135C27" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02925A61" w14:textId="102C6670" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="00135C27" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PRI Evaluation Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A1F23C" w14:textId="081466E7" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="00135C27" w:rsidP="006F45B7">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="43A1F23C" w14:textId="081466E7" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="00135C27" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PRI</w:t>
       </w:r>
-      <w:r w:rsidR="006F45B7" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Evaluation Reports.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D6CE14" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="36D6CE14" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="69AC9D6B" w14:textId="1A29CD38" w:rsidR="006F45B7" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69AC9D6B" w14:textId="1A29CD38" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>US Green Building Council (USGBC): Leadership in Energy and Environmental Design (LEED).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B2922B" w14:textId="6D9E57A1" w:rsidR="00FD045A" w:rsidRDefault="00FD045A" w:rsidP="00FD045A">
+    <w:p w14:paraId="1E200F01" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6E94BDC9" w14:textId="2A540154" w:rsidR="00FD045A" w:rsidRPr="00FD045A" w:rsidRDefault="00FD045A" w:rsidP="00FD045A">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EEC59E0" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   REGULATORY REQUIREMENTS AND CERTIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C40CF46" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D5C95A9" w14:textId="0C3DAFE5" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...18 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27795" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ovide a roofing system having</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an Underwriters Laboratories (UL) Class A </w:t>
+      </w:r>
+      <w:r w:rsidR="00C542F3" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or ASTM E108 Class A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>fire resistance classification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E63715" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51DBED6E" w14:textId="184118D8" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>When applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="007137FB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide a roofing system that will help to qualify points for LEED certification:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4722D41E" w14:textId="2DC6BE78" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Materials and Resource credit – Building Product Disclosure and Optimization </w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Environmental Product Declaration (manufacturer specific Environmental Product Declarations).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E305CBD" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Materials and Resource credit – Building Product Disclosure and Optimization – Sourcing of Raw Materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40629055" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Materials and Resources credit – Construction and Demolition Waste Management. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69400FFF" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59B29BFA" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Install all roofing products in accordance with all federal, state and local building codes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3416B22B" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65BDE81F" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>All work shall be performed in a manner consistent with current OSHA guidelines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417ED88F" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A46C3FC" w14:textId="77777777" w:rsidR="0096065A" w:rsidRPr="008462A6" w:rsidRDefault="0096065A" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Delete as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D972D0" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   PRODUCT ATTRIBUTES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C166E59" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="039455E8" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="00F07555" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>When applicable, p</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>rovide fiberglass-</w:t>
+      </w:r>
+      <w:r w:rsidR="00424A8E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>based asphalt shingle with</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="1E200F01" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F27795" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00424A8E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="0067221A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27795" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB04546" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4EEC59E0" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="415E7DC6" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">   REGULATORY REQUIREMENTS AND CERTIFICATIONS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5C40CF46" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+        <w:t xml:space="preserve">   SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="610BEBC5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3D5C95A9" w14:textId="0C3DAFE5" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2160D26A" w14:textId="0B1C7B9B" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="23E63715" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submit under provisions of Section 013300 </w:t>
+      </w:r>
+      <w:r w:rsidR="008462A6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Submittal Procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A74EAED" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="51DBED6E" w14:textId="184118D8" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12654557" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...89 lines deleted...]
-    <w:p w14:paraId="69400FFF" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Submit printed copies of Owens Corning product data sheets indicating product characteristics, product information, installation instructions (including required preparation and installation procedures) and product limitations and color samples.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5221D9C5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="59B29BFA" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77AC391F" w14:textId="4CC282CD" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="3416B22B" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certificate of Compliance: Provide Certificate of Compliance </w:t>
+      </w:r>
+      <w:r w:rsidR="00C542F3" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or Evaluation Report </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>from independent laboratory</w:t>
+      </w:r>
+      <w:r w:rsidR="00C542F3" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Evaluation Agency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indicating that Owens Corning asphalt shingles made in normal production meet or exceed the requirements of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2518634F" w14:textId="52A70F73" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM D3462</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A689B8" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM D3161/D7158 – Indicating a Class of Wind Resistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FE1E47" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM E108/UL790 – Indicating Class A Fire Resistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDC59BE" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="65BDE81F" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="796BA097" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="417ED88F" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>LEED submittal: When appropriate provide a LEED submittal and coordinate with provisions in Section 013563 – Sustainability Certification Project Requirements and Section 013566 – Sustainability Certification Project Procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FCC781" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3A46C3FC" w14:textId="77777777" w:rsidR="0096065A" w:rsidRPr="007313AD" w:rsidRDefault="0096065A" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7E6312" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shop Drawings: Indicate specially configured metal flashing, jointing methods and locations, fastening methods and locations, and installation details as required by project conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47ABA71E" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F371439" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Copy of Warranty: For warranty specified in Section 1.9.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0F9EE2" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="354F0537" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="47D972D0" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+        <w:t>**NOTE TO SPECIFIER** Delete selection samples if colors have already been selected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3387E2E7" w14:textId="3C85D045" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Selection Samples: Two complete sets of samples, representing manufacturer's full range of available products and colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F187C2D" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6960B664" w14:textId="7493B643" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Verification Samples: For each product and finish specified, two samples representing actual products and colors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4217D5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="089929BD" w14:textId="5F9D71EA" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">   PRODUCT ATTRIBUTES</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C166E59" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+        <w:t xml:space="preserve">   PRE-INSTALLATION</w:t>
+      </w:r>
+      <w:r w:rsidR="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>MEETING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E2E597" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="039455E8" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="00F07555" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="798EB8F4" w14:textId="3D4B8E8E" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:b/>
-[...79 lines deleted...]
-    <w:p w14:paraId="6CB04546" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>For all projects, a pre-installation meeting is strongly recommended</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3921" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F07555" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conduct a pre-installation meeting at the site prior to commencing work </w:t>
+      </w:r>
+      <w:r w:rsidR="001F51A1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00F07555" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this section. Require </w:t>
+      </w:r>
+      <w:r w:rsidR="001E0022" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attendance of entities directly concerned with roof installation.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735A6671" w14:textId="40853E70" w:rsidR="004C3921" w:rsidRPr="008462A6" w:rsidRDefault="004C3921" w:rsidP="004C3921">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...437 lines deleted...]
-    <w:p w14:paraId="6E18FC5A" w14:textId="77777777" w:rsidR="000844C2" w:rsidRDefault="00941D26">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E18FC5A" w14:textId="15031C93" w:rsidR="000844C2" w:rsidRPr="008462A6" w:rsidRDefault="00712E5C">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00941D26" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Topics to be discussed:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F95F9E9" w14:textId="77777777" w:rsidR="005712EF" w:rsidRPr="001E0022" w:rsidRDefault="00941D26" w:rsidP="001E0022">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4F95F9E9" w14:textId="77777777" w:rsidR="005712EF" w:rsidRPr="008462A6" w:rsidRDefault="00941D26" w:rsidP="001E0022">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Safety procedures</w:t>
       </w:r>
-      <w:r w:rsidR="001E0022">
-        <w:rPr>
+      <w:r w:rsidR="001E0022" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A14B2B" w14:textId="77777777" w:rsidR="005712EF" w:rsidRPr="007313AD" w:rsidRDefault="005712EF" w:rsidP="005712EF">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="47A14B2B" w14:textId="77777777" w:rsidR="005712EF" w:rsidRPr="008462A6" w:rsidRDefault="005712EF" w:rsidP="005712EF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Installation procedures/method (including substrate preparation), sequencing of materials, and coordination with installation of other/adjacent work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11CD7D33" w14:textId="77777777" w:rsidR="001E0022" w:rsidRDefault="005712EF" w:rsidP="001E0022">
-[...31 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="11CD7D33" w14:textId="77777777" w:rsidR="001E0022" w:rsidRPr="008462A6" w:rsidRDefault="005712EF" w:rsidP="001E0022">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roofing material availability, storage and handlin</w:t>
+      </w:r>
+      <w:r w:rsidR="001E0022" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>g.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1348D96F" w14:textId="77777777" w:rsidR="001E0022" w:rsidRPr="001E0022" w:rsidRDefault="001E0022" w:rsidP="001E0022">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1348D96F" w14:textId="77777777" w:rsidR="001E0022" w:rsidRPr="008462A6" w:rsidRDefault="001E0022" w:rsidP="001E0022">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Additional roof covering and roof accessory materials.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CCA2ADF" w14:textId="77777777" w:rsidR="001E0022" w:rsidRDefault="005712EF" w:rsidP="001E0022">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6CCA2ADF" w14:textId="77777777" w:rsidR="001E0022" w:rsidRPr="008462A6" w:rsidRDefault="005712EF" w:rsidP="001E0022">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Through roof penetrations and other roof details</w:t>
       </w:r>
-      <w:r w:rsidR="001E0022">
-        <w:rPr>
+      <w:r w:rsidR="001E0022" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DBAC04" w14:textId="77777777" w:rsidR="001E0022" w:rsidRPr="001E0022" w:rsidRDefault="001E0022" w:rsidP="001E0022">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="22DBAC04" w14:textId="77777777" w:rsidR="001E0022" w:rsidRPr="008462A6" w:rsidRDefault="001E0022" w:rsidP="001E0022">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Product compliance – Verify that products comply with requirements specified by local Authority Having Jurisdiction (AHJ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6062EACB" w14:textId="77777777" w:rsidR="005712EF" w:rsidRPr="007313AD" w:rsidRDefault="005712EF" w:rsidP="005712EF">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6062EACB" w14:textId="77777777" w:rsidR="005712EF" w:rsidRPr="008462A6" w:rsidRDefault="005712EF" w:rsidP="005712EF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>All other items related to successful execution/completion of work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD669AD" w14:textId="77777777" w:rsidR="005712EF" w:rsidRPr="007313AD" w:rsidRDefault="005712EF" w:rsidP="006F45B7">
+    <w:p w14:paraId="4DD669AD" w14:textId="77777777" w:rsidR="005712EF" w:rsidRPr="008462A6" w:rsidRDefault="005712EF" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="35A0FC52" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35A0FC52" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Submit printed copies of Owens Corning product data sheets indicating product charac</w:t>
       </w:r>
-      <w:r w:rsidR="00771B6A" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00771B6A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">teristics, product information, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>installation instructions (including required preparation</w:t>
       </w:r>
-      <w:r w:rsidR="00941D26" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00941D26" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> and installation procedures),</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> product limitations and color samples.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BFCB3E5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="7BFCB3E5" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="288E5DCA" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="288E5DCA" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">   QUALITY ASSURANCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B0E320" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="78B0E320" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="35062D2D" w14:textId="77777777" w:rsidR="00F07555" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35062D2D" w14:textId="16A8C357" w:rsidR="00F07555" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1206"/>
         </w:tabs>
         <w:ind w:left="1206"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="48FFD636" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturer Qualifications: Provide all primary roofing products, including shingles, underlayment, ice and water barrier, and ventilation, by a single manufacturer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48FFD636" w14:textId="635AADB4" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1206"/>
         </w:tabs>
         <w:ind w:left="1206"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Installer Qualifications:</w:t>
       </w:r>
-      <w:r w:rsidR="00F07555">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">  Installer shall be licensed or otherwise authorized by all federal, </w:t>
+      <w:r w:rsidR="00F07555" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Installer shall be licensed or otherwise authorized by all federal, state and local authorities to install all products specified in this section. Installer shall follow Owens Corning published installation instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C9BEAB" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BA472EC" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Delete one of two options below.  Select option based on desired warranty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED9A88B" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Installer shall be an Owens Corning Roofing Platinum Preferred Contractor as defined and certified by </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7583" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Owens Corning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F23AA0D" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Installer shall be an Owens Corning Roofing Preferred Contractor as defined and certified by manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363F6820" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398A5E54" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   DELIVERY, STORAGE, AND HANDLING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C519A08" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="318ECC65" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Deliver materials to site in manufacturer’s unopened bundles with labels intact and legible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E440DF7" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23D89D51" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Store all products in manufacturer's unopened, labeled packaging until they are ready for installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4817E512" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57BBC9AA" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Store all products in accordance with Owens Corning recommendations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A346EB3" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2887B11B" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Do not install underlayment or shingles on wet surfaces.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A217BF" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D75EA67" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Store and dispose of solvent-based materials in accordance with all federal, state and local regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FAE608A" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FBA4FFF" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>For rooftop loading, lay shingle bundles flat.  Do not bend over the ridge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399BB684" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25B5A75E" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   PROJECT CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E28A94" w14:textId="26B0E098" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Do not install systems under environmental conditions outside Owens Corning recommended limits.  Proceed with work only when existing and forecasted weather conditions will permit work to be performed within Owens Corning recommended limits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EB29E8" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FEE4E22" w14:textId="58D6A7B7" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   WARRANTY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74386483" w14:textId="06A9B596" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="00D06478" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standard</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB587C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limited </w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Warranty: Pro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vide to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Owens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Corning</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standard </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>prorated limited warranty</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>coverage for materials in the event of a material defect, including up to 10 years T</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>RU</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>RO</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>tection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coverage. Refer to actual warranty for complete details, limitations and requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3274E0AA" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48DBA2F6" w14:textId="7BE4AD5A" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturer’s Extended </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB587C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limited </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Warranty: Pro</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06478" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>vide to the Owner Owens Corning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standard extended warranty coverage labor and materials in the event of a material defect. Refer to actual warranty for complete details, limitations and requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D07A2F7" w14:textId="77777777" w:rsidR="00476CC9" w:rsidRPr="008462A6" w:rsidRDefault="00476CC9" w:rsidP="00476CC9">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1903B147" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Delete one of two options below.  Select option based on desired warranty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB4B893" w14:textId="19D533DC" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="00D06478" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Owens Corning </w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>System Protection Roofing Limited Warranty includ</w:t>
+      </w:r>
+      <w:r w:rsidR="003F64D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ing extended</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="OLE_LINK2"/>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PROtection</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(non-prorated) coverage on installed Owens Corning Roofing System products.  The length of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PROtection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coverage is based upon the shingle product installed on the field of the roof. Coverage can only be provided by a designated Owens Corning Roofing Preferred or Platinum Preferred Contractor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5919B9B1" w14:textId="46D8B37F" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="00D06478" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Owens Corning </w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Preferred Protection Roofing System Limited Warranty includes </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PROtection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (non-prorated) coverage on installed Owens Corning Roofing System product</w:t>
+      </w:r>
+      <w:r w:rsidR="00427416" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The length of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PROtection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">® </w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>coverage is based upon the shingle product installed on the field of the roof. This warranty will also cover workmanship defects by the installer. Coverage can only be provided by a designated Owens Corning Roofing Preferred or Platinum Preferred Contractor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF5906B" w14:textId="5DB754F2" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="00D06478" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Owens Corning </w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Platinum Protection Roofing System Limited Warranty includes </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PROtection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (non-prorated) coverage on installed Owens Corning Roofing System products. The length of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PROtection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="006F45B7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coverage is based upon the shingle product installed on the field of the roof. This warranty will also cover workmanship defects by the installer. Coverage can only be provided by a designated Owens Corning Roofing Platinum Preferred Contractor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B23FE6" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="564A2B07" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATPart"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRODUCTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76618887" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16BF8CD8" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   MANUFACTURERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8B003A" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="008462A6" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68948F07" w14:textId="21DD132F" w:rsidR="006F45B7" w:rsidRPr="00261786" w:rsidRDefault="006F45B7" w:rsidP="00B41D85">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261786">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Acceptable Manufacturer: Owens Corning Roofing and Asphalt, LLC. One Owens Corning Pkwy.  Toledo, OH 43659. Toll Free:</w:t>
+      </w:r>
+      <w:r w:rsidR="00261786">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00261786">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1-800-GET-PINK</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00F07555">
-[...4 lines deleted...]
-        <w:t>state</w:t>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00261786">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00261786">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  |</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00F07555">
-[...797 lines deleted...]
-        <w:r w:rsidRPr="007313AD">
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00261786">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  1-800-438-7465</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261786">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00261786">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00261786">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: ocbuildingspec@owenscorning.com. Web:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00261786">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
+            <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>www.owenscorning.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007313AD">
+      <w:r w:rsidRPr="00261786">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263FF735" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
+    <w:p w14:paraId="263FF735" w14:textId="77777777" w:rsidR="006F45B7" w:rsidRPr="00261786" w:rsidRDefault="006F45B7" w:rsidP="006F45B7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7EFB62CC" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="006F45B7" w:rsidP="006A0517">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EFB62CC" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="00261786" w:rsidRDefault="006F45B7" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261786">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Requests for substitutions will be considered in accordance with provisions of Section 016000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0A354E" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+    <w:p w14:paraId="0D0A354E" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5BABBB4A" w14:textId="2C2DB2BE" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="006A0517" w:rsidP="006A0517">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BABBB4A" w14:textId="2C2DB2BE" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="005560FA">
-        <w:rPr>
+      <w:r w:rsidR="005560FA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ASPHALT</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">ASPHALT </w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>SHINGLES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663CEA6F" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>SHINGLES</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="663CEA6F" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49FA9B63" w14:textId="77777777" w:rsidR="00A516FD" w:rsidRPr="008462A6" w:rsidRDefault="00A516FD" w:rsidP="00A516FD">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** D</w:t>
+      </w:r>
+      <w:r w:rsidR="009E59EA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>elete roof shingle products</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the list below that are not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E27F07E" w14:textId="77777777" w:rsidR="00A516FD" w:rsidRPr="008462A6" w:rsidRDefault="00B767EF" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="49FA9B63" w14:textId="77777777" w:rsidR="00A516FD" w:rsidRPr="007313AD" w:rsidRDefault="00A516FD" w:rsidP="00A516FD">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Verify with the manufacturer regional product availability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED21405" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Woodcrest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Algae Resistant) Shingles:  As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C56B2B9" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size:  14-1/4 in (362 mm) by 40 in (1016 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151331CF" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure:  4 in (102 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6A9A6F" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square:  90.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B34BB2" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square:  6 bundles of 15 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396BCE6C" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage per Square:  100.0 sq ft (9.3 sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DAC824" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Color:  As selected from manufacturer’s full range.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3D1526" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108/UL 790 (Class A Fire Resistance), UL 2218 (Class 4 Impact Resistance), CSA A123.5, ICC-ES AC438, and PRI ER 1378E01.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05612741" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...47 lines deleted...]
-    <w:p w14:paraId="4D41EF35" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2B90EC" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Woodmoor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...478 lines deleted...]
-    <w:p w14:paraId="6ADC29D1" w14:textId="77777777" w:rsidR="00C132D2" w:rsidRPr="007313AD" w:rsidRDefault="00D16EC7" w:rsidP="00EE1321">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Algae Resistant) Shingles: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5163A34C" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 14-1/4 in (362 mm) by 40 in (1016 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767C744C" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 4 in (102 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8671B6" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 90.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C50E64" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 6 bundles of 15 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C5B971" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="008462A6" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage per Square: 100.0 sq ft (9.3 sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7167F6D8" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="00B41D85" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Color: As selected from manufacturer’s full range.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C75B1A8" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="00B41D85" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualifications: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108/UL 790 (Class </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A Fire Resistance), UL 2218 (Class 4 Impact Resistance), CSA A123.5, ICC-ES AC438, and PRI ER 1378E01.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72410EE0" w14:textId="77777777" w:rsidR="00726DB6" w:rsidRPr="00B41D85" w:rsidRDefault="00726DB6" w:rsidP="00726DB6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
+        <w:ind w:left="1116"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D41EF35" w14:textId="44E4A7F4" w:rsidR="00280D5C" w:rsidRPr="00B41D85" w:rsidRDefault="00280D5C" w:rsidP="00726DB6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Duration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Premium</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Algae </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8561B" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>esistant</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8561B" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8561B" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingle</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7582B17F" w14:textId="77777777" w:rsidR="00424A8E" w:rsidRPr="00B41D85" w:rsidRDefault="00424A8E" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Product Attributes: Includes</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4B17" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E04EE5" w14:textId="09E1D4EC" w:rsidR="00280D5C" w:rsidRPr="00B41D85" w:rsidRDefault="00015B3F" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 13-1/4 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>337</w:t>
+      </w:r>
+      <w:r w:rsidR="00627098" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00627098" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-3/8 in</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00627098" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00627098" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053F877A" w14:textId="37B21848" w:rsidR="009665B2" w:rsidRPr="00B41D85" w:rsidRDefault="00015B3F" w:rsidP="009665B2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00627098" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00627098" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="713D1674" w14:textId="465A64FD" w:rsidR="00280D5C" w:rsidRPr="00B41D85" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9356C0" w14:textId="14E107CB" w:rsidR="00280D5C" w:rsidRPr="00B41D85" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 4 bundles of 16 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6273F244" w14:textId="17F4ADF9" w:rsidR="00280D5C" w:rsidRPr="00B41D85" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Covera</w:t>
+      </w:r>
+      <w:r w:rsidR="009665B2" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ge per Square: 98.4 sq ft (9.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152217D6" w14:textId="20C2D7EA" w:rsidR="00D16EC7" w:rsidRPr="00B41D85" w:rsidRDefault="00280D5C" w:rsidP="00D16EC7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Color: As selected from manufacturer’s full range.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2372" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7D7B0A" w14:textId="77777777" w:rsidR="00FE6479" w:rsidRPr="00B41D85" w:rsidRDefault="004A3107" w:rsidP="00FE6479">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8561B" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8561B" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Class A F</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="0022204F" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A55BE" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 and FM 4473 (Class 3 impact resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF34AA" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ICC-ES AC438</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and PRI ER 1378E01.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F4D16B7" w14:textId="77777777" w:rsidR="00FE6479" w:rsidRPr="00B41D85" w:rsidRDefault="00FE6479" w:rsidP="00FE6479">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1152"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B3D1FFA" w14:textId="6AB28800" w:rsidR="00C8561B" w:rsidRPr="00B41D85" w:rsidRDefault="00C8561B" w:rsidP="00C4249C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Duration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Premium</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AE3" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Algae Resistant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>) Shingle</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: As manufactured by Owens Corning Roofing </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AE3" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130086C6" w14:textId="77777777" w:rsidR="00424A8E" w:rsidRPr="00B41D85" w:rsidRDefault="00424A8E" w:rsidP="00424A8E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Product Attributes: Includes</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4B17" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163F2250" w14:textId="0796791A" w:rsidR="00045C5C" w:rsidRPr="00B41D85" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>inal Size: 13-1/4 in (337 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F141C60" w14:textId="32B07F89" w:rsidR="00045C5C" w:rsidRPr="00B41D85" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11914307" w14:textId="3819813D" w:rsidR="00C8561B" w:rsidRPr="00B41D85" w:rsidRDefault="00C8561B" w:rsidP="00C8561B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC52735" w14:textId="457FCC2A" w:rsidR="00C8561B" w:rsidRPr="008462A6" w:rsidRDefault="00C8561B" w:rsidP="00C8561B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 4 bundles of 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13248B55" w14:textId="77777777" w:rsidR="00FE6479" w:rsidRPr="008462A6" w:rsidRDefault="00C8561B" w:rsidP="00FE6479">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Covera</w:t>
+      </w:r>
+      <w:r w:rsidR="009665B2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ge per Square: 98.4 sq ft (9.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sq m)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3B8474" w14:textId="77777777" w:rsidR="00411FDA" w:rsidRPr="008462A6" w:rsidRDefault="00C8561B" w:rsidP="00411FDA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Color: As selected from manufacturer’s full range. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C11B256" w14:textId="77777777" w:rsidR="00411FDA" w:rsidRPr="008462A6" w:rsidRDefault="004A3107" w:rsidP="00411FDA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8561B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8561B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Class A F</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="00522523" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A55BE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008431FD" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 and FM 4473 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008431FD" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Class 3 impact resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008431FD" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF34AA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and PRI ER 1378E01.</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TruDefinition</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CACAEFA" w14:textId="77777777" w:rsidR="00411FDA" w:rsidRPr="008462A6" w:rsidRDefault="00411FDA" w:rsidP="00411FDA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="576"/>
+          <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:rPr>
-[...36 lines deleted...]
-      <w:r w:rsidR="00C8561B" w:rsidRPr="007313AD">
+        <w:ind w:left="1152"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D51ED1B" w14:textId="38B7FA33" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="008462A6" w:rsidP="00411FDA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TruDefinition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Duration</w:t>
       </w:r>
-      <w:r w:rsidR="00C8561B" w:rsidRPr="00E81C23">
+      <w:r w:rsidR="00905CA1" w:rsidRPr="008462A6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidR="00C8561B" w:rsidRPr="007313AD">
-[...42 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00963DC0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lgae </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>esistant</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingle</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B01ECBE" w14:textId="77777777" w:rsidR="00424A8E" w:rsidRPr="008462A6" w:rsidRDefault="00424A8E" w:rsidP="00424A8E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Product Attributes: Includes</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0374" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E3F6E2" w14:textId="04CFE46C" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>inal Size: 13-1/4 in (337 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B832F57" w14:textId="367AB164" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BC0462" w14:textId="1BF41EF9" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2200ED1C" w14:textId="7F550188" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 20 or 22 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189505EB" w14:textId="7B28BEC1" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Covera</w:t>
+      </w:r>
+      <w:r w:rsidR="009665B2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ge per Square: 98.4 sq ft (9.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2810CB6F" w14:textId="652AF828" w:rsidR="00FA6291" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="00FA6291">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Color: As selected from manufacturer’s full range.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27592A9B" w14:textId="059AB339" w:rsidR="00FA6291" w:rsidRPr="008462A6" w:rsidRDefault="004A3107" w:rsidP="007A5EE6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 and FM 4473 (Class 3 impact resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="008431FD" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CSA A123.5</w:t>
+      </w:r>
+      <w:r w:rsidR="0022204F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Flori</w:t>
+      </w:r>
+      <w:r w:rsidR="00324607" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>da Product Approva</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB433A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>l,</w:t>
+      </w:r>
+      <w:r w:rsidR="00522523" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9297C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Miami-Dade County Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C44883" w14:textId="1CEC9903" w:rsidR="003A4A3D" w:rsidRPr="008462A6" w:rsidRDefault="003A4A3D" w:rsidP="003A4A3D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F1E9903" w14:textId="3C7F1516" w:rsidR="003A4A3D" w:rsidRPr="008462A6" w:rsidRDefault="003A4A3D" w:rsidP="003A4A3D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TruDefinition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Duration</w:t>
+      </w:r>
+      <w:r w:rsidR="00905CA1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00963DC0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r w:rsidR="006B2373" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lgae </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>esistant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>) Shingle</w:t>
       </w:r>
-      <w:r w:rsidR="00276B11" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00C8561B" w:rsidRPr="007313AD">
-[...7 lines deleted...]
-    <w:p w14:paraId="1B3D1FFA" w14:textId="77777777" w:rsidR="00C8561B" w:rsidRPr="007313AD" w:rsidRDefault="00C132D2" w:rsidP="00EE1321">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E0F69C" w14:textId="77777777" w:rsidR="00424A8E" w:rsidRPr="008462A6" w:rsidRDefault="00424A8E" w:rsidP="00424A8E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Product Attributes: Includes</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0374" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58619570" w14:textId="7258BED0" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>inal Size: 13-1/4 in (337 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AED091" w14:textId="519D18E3" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77840D36" w14:textId="12D0A8E4" w:rsidR="003A4A3D" w:rsidRPr="008462A6" w:rsidRDefault="003A4A3D" w:rsidP="003A4A3D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFBB5D9" w14:textId="69EBDFEF" w:rsidR="003A4A3D" w:rsidRPr="008462A6" w:rsidRDefault="003A4A3D" w:rsidP="003A4A3D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 20 or 22 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167C0899" w14:textId="18FABB01" w:rsidR="003A4A3D" w:rsidRPr="008462A6" w:rsidRDefault="003A4A3D" w:rsidP="003A4A3D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Covera</w:t>
+      </w:r>
+      <w:r w:rsidR="009665B2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ge per Square: 98.4 sq ft (9.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6282FD" w14:textId="65E4CD68" w:rsidR="003A4A3D" w:rsidRPr="008462A6" w:rsidRDefault="003A4A3D" w:rsidP="003A4A3D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Color: As selected from manufacturer’s full range. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0170BB96" w14:textId="15A909E4" w:rsidR="00DC4336" w:rsidRPr="008462A6" w:rsidRDefault="004A3107" w:rsidP="00DC4336">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4A3D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4A3D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A55BE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB433A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>UL 2218 and FM 4473 (Class 3 impact resistance), ICC-</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB433A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Florida Product Approval, </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB433A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Miami-Dade County Product Approva</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>l.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63629B19" w14:textId="77777777" w:rsidR="00547D55" w:rsidRPr="008462A6" w:rsidRDefault="00547D55" w:rsidP="007A5EE6">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51338F96" w14:textId="10ED3404" w:rsidR="00547D55" w:rsidRPr="008462A6" w:rsidRDefault="00547D55" w:rsidP="00547D55">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TruDefinition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Duration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">® </w:t>
+      </w:r>
+      <w:r w:rsidR="00903E3E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>COOL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00317A1D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Non-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Algae Resistant) Shingles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42183CEB" w14:textId="77777777" w:rsidR="00547D55" w:rsidRPr="008462A6" w:rsidRDefault="00547D55" w:rsidP="00547D55">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product Attributes: Includes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E5CB87" w14:textId="76F13C2A" w:rsidR="00547D55" w:rsidRPr="008462A6" w:rsidRDefault="00547D55" w:rsidP="00547D55">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 13-1/4 in (337 mm) by 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BDD0D0" w14:textId="1F9E18BC" w:rsidR="00547D55" w:rsidRPr="008462A6" w:rsidRDefault="00547D55" w:rsidP="00547D55">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15007C14" w14:textId="0F27B958" w:rsidR="00547D55" w:rsidRPr="008462A6" w:rsidRDefault="00547D55" w:rsidP="00547D55">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA4CDCD" w14:textId="01FE1EAB" w:rsidR="00547D55" w:rsidRPr="008462A6" w:rsidRDefault="00547D55" w:rsidP="00547D55">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 20 or 22 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="237816B4" w14:textId="0CEB345B" w:rsidR="00547D55" w:rsidRPr="008462A6" w:rsidRDefault="00547D55" w:rsidP="00547D55">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage per Square: 98.4 sq ft (9.1 sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510BBA13" w14:textId="36443D4F" w:rsidR="00547D55" w:rsidRPr="008462A6" w:rsidRDefault="00547D55" w:rsidP="00547D55">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Color: As selected from manufacturer’s full range. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F08757B" w14:textId="4F3CF55A" w:rsidR="00DC4336" w:rsidRPr="008462A6" w:rsidRDefault="00547D55" w:rsidP="00333316">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualifications: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108/UL 790 (Class A Fire Resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 and FM 4473 (Class 3 impact resistance), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Listed by the Cool Roof Rating Council (CRRC),</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00C8561B" w:rsidRPr="007313AD">
-[...14 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approva</w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F2BED1" w14:textId="088F43E7" w:rsidR="00903E3E" w:rsidRPr="008462A6" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79CF4D2C" w14:textId="351AAAA2" w:rsidR="00903E3E" w:rsidRPr="008462A6" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TruDefinition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Duration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">® </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COOL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00726DB6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>lus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Non-Algae Resistant) Shingles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D08F64" w14:textId="77777777" w:rsidR="00903E3E" w:rsidRPr="008462A6" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00424A8E">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve">Product Attributes: Includes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C19B349" w14:textId="1D7411AF" w:rsidR="00903E3E" w:rsidRPr="008462A6" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 13-1/4 in (337 mm) by 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FFEE0F" w14:textId="08D71B1A" w:rsidR="00903E3E" w:rsidRPr="008462A6" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755C76B5" w14:textId="3F377496" w:rsidR="00903E3E" w:rsidRPr="008462A6" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774305F9" w14:textId="4D80648D" w:rsidR="00903E3E" w:rsidRPr="008462A6" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 20 or 22 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61490F60" w14:textId="519E48B1" w:rsidR="00903E3E" w:rsidRPr="008462A6" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage per Square: 98.4 sq ft (9.1 sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADFC1B2" w14:textId="4057957A" w:rsidR="00903E3E" w:rsidRPr="008462A6" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Color: As selected from manufacturer’s full range. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0516B21E" w14:textId="7A42070B" w:rsidR="00903E3E" w:rsidRPr="008462A6" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualifications: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108/UL 790 (Class A Fire Resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 and FM 4473 (Class 3 impact resistance), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Listed by the Cool Roof Rating Council (CRRC), ICC-ES AC438, PRI ER 1378E01, </w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724BBB81" w14:textId="77777777" w:rsidR="00AC3413" w:rsidRPr="008462A6" w:rsidRDefault="00AC3413" w:rsidP="003A4A3D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E654078" w14:textId="6DE2A5AD" w:rsidR="00AC3413" w:rsidRPr="008462A6" w:rsidRDefault="00AC3413" w:rsidP="00AC3413">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TruDefinition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Duration</w:t>
+      </w:r>
+      <w:r w:rsidR="00905CA1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Designer </w:t>
+      </w:r>
+      <w:r w:rsidR="003D230C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Algae Resistant) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingle</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D671821" w14:textId="77777777" w:rsidR="00424A8E" w:rsidRPr="008462A6" w:rsidRDefault="00424A8E" w:rsidP="00424A8E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>Product Attributes: Includes</w:t>
       </w:r>
-      <w:r w:rsidR="007E4B17">
-        <w:rPr>
+      <w:r w:rsidR="00FE0374" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00424A8E">
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>SureNail</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E81C23">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="00424A8E">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163F2250" w14:textId="77777777" w:rsidR="00045C5C" w:rsidRPr="007313AD" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
-[...26 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="27159058" w14:textId="2AFAC879" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 13-1/4 in</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (337 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> 39-3/8 in (1000 mm).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F141C60" w14:textId="77777777" w:rsidR="00045C5C" w:rsidRPr="007313AD" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
-[...56 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="014F383E" w14:textId="71E98FB6" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572D65CF" w14:textId="283B3D71" w:rsidR="00AC3413" w:rsidRPr="008462A6" w:rsidRDefault="00AC3413" w:rsidP="00AC3413">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03A79464" w14:textId="03B0E95A" w:rsidR="00AC3413" w:rsidRPr="008462A6" w:rsidRDefault="00AC3413" w:rsidP="00AC3413">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 20 or 22 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF46544" w14:textId="34F4D83E" w:rsidR="00AC3413" w:rsidRPr="008462A6" w:rsidRDefault="00AC3413" w:rsidP="00AC3413">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Covera</w:t>
       </w:r>
-      <w:r w:rsidR="009665B2" w:rsidRPr="007313AD">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="009665B2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ge per Square: 98.4 sq ft (9.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> sq m).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB6A92F" w14:textId="77777777" w:rsidR="00D16EC7" w:rsidRPr="007313AD" w:rsidRDefault="00C8561B" w:rsidP="00C8561B">
-[...25 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="10DDD09A" w14:textId="3018A55B" w:rsidR="00AC3413" w:rsidRPr="008462A6" w:rsidRDefault="00AC3413" w:rsidP="00AC3413">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Color: As selected from manufacturer’s full range. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511F174B" w14:textId="2C171992" w:rsidR="00DC4336" w:rsidRPr="008462A6" w:rsidRDefault="004A3107" w:rsidP="00DC4336">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Standards/Qualifications</w:t>
       </w:r>
-      <w:r w:rsidR="00C8561B" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00AC3413" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108</w:t>
       </w:r>
-      <w:r w:rsidR="00281AE9" w:rsidRPr="007313AD">
-[...24 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL790</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3413" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Class A Fire Re</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>sistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="00361317" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 and FM 4473 (Class 3 impact resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="00361317" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CSA A123.5, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3413" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Florida </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00731E8C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="001A55BE" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Miami-Dade County </w:t>
+      </w:r>
+      <w:r w:rsidR="00731E8C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="001A55BE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4FBF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF34AA" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="006D1208" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ICC-ES AC438, </w:t>
       </w:r>
-      <w:r w:rsidR="00135C27">
-        <w:rPr>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>and PRI ER 1378E01.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D854280" w14:textId="21F47D29" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="00F32BC6">
+    <w:p w14:paraId="7661A749" w14:textId="77777777" w:rsidR="003D230C" w:rsidRPr="008462A6" w:rsidRDefault="003D230C" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1728"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4C54EB7C" w14:textId="77777777" w:rsidR="00AC3413" w:rsidRPr="007313AD" w:rsidRDefault="00AC3413" w:rsidP="00AC3413">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B5B864B" w14:textId="547909D0" w:rsidR="003D230C" w:rsidRPr="008462A6" w:rsidRDefault="003D230C" w:rsidP="003D230C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>TruDefinition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Duration</w:t>
+      </w:r>
+      <w:r w:rsidR="00905CA1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Designer (Non</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Algae Resistant) Shingles: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213BBEF1" w14:textId="77777777" w:rsidR="00424A8E" w:rsidRPr="008462A6" w:rsidRDefault="00424A8E" w:rsidP="00424A8E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Product Attributes: Includes</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0374" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C18F946" w14:textId="6FFC9DC5" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>inal Size: 13-1/4 in (337 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="351F9E1D" w14:textId="493D89C0" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19019468" w14:textId="58DA55E7" w:rsidR="003D230C" w:rsidRPr="008462A6" w:rsidRDefault="003D230C" w:rsidP="003D230C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA71366" w14:textId="4B1E5FE0" w:rsidR="003D230C" w:rsidRPr="008462A6" w:rsidRDefault="003D230C" w:rsidP="003D230C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 20 or 22 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A0240B" w14:textId="6750EFDC" w:rsidR="003D230C" w:rsidRPr="008462A6" w:rsidRDefault="003D230C" w:rsidP="003D230C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage per Square: 98.4 sq ft (9.1 sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A939ABA" w14:textId="270EC2CF" w:rsidR="003D230C" w:rsidRPr="008462A6" w:rsidRDefault="003D230C" w:rsidP="003D230C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Color: As selected from manufacturer’s full range. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF394D9" w14:textId="743DA64B" w:rsidR="00DC4336" w:rsidRPr="008462A6" w:rsidRDefault="003D230C" w:rsidP="00DC4336">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualifications: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108/UL790 (Class A Fire Resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 and FM 4473 (Class 3 impact resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB433A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Florida Product Approval, Miami-Dade County Product Approval, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1208" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and PRI ER 1378E</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>01.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4336" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="23D0ABFD" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="70DADCB8" w14:textId="18219447" w:rsidR="00424A8E" w:rsidRPr="00424A8E" w:rsidRDefault="00AC3413" w:rsidP="00424A8E">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1762E12E" w14:textId="25716CB8" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
-        <w:numPr>
-[...19 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TruDefinition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
+        <w:t xml:space="preserve">® </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Duration MAX</w:t>
+      </w:r>
+      <w:r w:rsidR="00C64459" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...57 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D12F1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Algae Resistant) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingle</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...15 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47655423" w14:textId="77777777" w:rsidR="00424A8E" w:rsidRPr="008462A6" w:rsidRDefault="00424A8E" w:rsidP="00424A8E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00424A8E">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Product Attributes: Includes</w:t>
       </w:r>
-      <w:r w:rsidR="007E4B17">
-        <w:rPr>
+      <w:r w:rsidR="00FE0374" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00424A8E">
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>SureNail</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E81C23">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
+        <w:t xml:space="preserve">® </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1559A5EC" w14:textId="0B64A1DE" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>inal Size: 13-1/4 in (337 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3F1518" w14:textId="2EA27F04" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1902B3" w14:textId="2AEF8D3A" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108963B9" w14:textId="4309BC91" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square:</w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B559EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bundles of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B559EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C369C2" w14:textId="6793DFFD" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Covera</w:t>
+      </w:r>
+      <w:r w:rsidR="009665B2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ge per Square: 98.4 sq ft (9.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40BCD7C5" w14:textId="2F04DA88" w:rsidR="00D16EC7" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="00D16EC7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Color: As selected from manufacturer’s full range</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16EC7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D86C5C0" w14:textId="08A97A78" w:rsidR="00DC4336" w:rsidRPr="008462A6" w:rsidRDefault="004A3107" w:rsidP="00DC4336">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16EC7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E1</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4FBF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A55BE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4FBF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 and FM 4473 (Class 3 impact resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1208" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and PRI ER 1378E01.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D415D71" w14:textId="77777777" w:rsidR="00682651" w:rsidRPr="008462A6" w:rsidRDefault="00682651" w:rsidP="00682651">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FAAB6C0" w14:textId="68406347" w:rsidR="00682651" w:rsidRPr="008462A6" w:rsidRDefault="00905CA1" w:rsidP="00682651">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TruDefinition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="00424A8E">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Duration STORM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00682651" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00762D07" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impact Resistant </w:t>
+      </w:r>
+      <w:r w:rsidR="000D12F1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Algae Resistant) </w:t>
+      </w:r>
+      <w:r w:rsidR="00682651" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingle</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00682651" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5331E9F2" w14:textId="3E19355C" w:rsidR="00424A8E" w:rsidRPr="008462A6" w:rsidRDefault="00424A8E" w:rsidP="00B41D85">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="9216"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:right="-450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface.</w:t>
-[...11 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Product Attributes: Includes</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0374" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2792F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="008A711F" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
+      <w:r w:rsidR="008A711F" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2218/FM 4473</w:t>
+      </w:r>
+      <w:r w:rsidR="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00F2792F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Class 4 impact resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7CE6" w:rsidRPr="002A7CE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+      <w:r w:rsidR="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A711F" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>WeatherGuard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A711F" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="008A711F" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology, an integrated polymeric backing material on the shingle’s bottom surface.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE8CF0B" w14:textId="092D8CC3" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nom</w:t>
       </w:r>
-      <w:r w:rsidR="00AD21C5" w:rsidRPr="007313AD">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>inal Size: 13-1/4 in (337 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> 39-3/8 in (1000 mm).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6BA12E" w14:textId="77777777" w:rsidR="00045C5C" w:rsidRPr="007313AD" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
-[...77 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4A5BA293" w14:textId="337DD2E2" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3878C97B" w14:textId="7D0FEADC" w:rsidR="00D16EC7" w:rsidRPr="008462A6" w:rsidRDefault="00D16EC7" w:rsidP="00D16EC7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD632A0" w14:textId="66B1F40E" w:rsidR="00D16EC7" w:rsidRPr="008462A6" w:rsidRDefault="00D16EC7" w:rsidP="00D16EC7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 20 or 22 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1060EDC8" w14:textId="53EC99C5" w:rsidR="00D16EC7" w:rsidRPr="008462A6" w:rsidRDefault="00D16EC7" w:rsidP="00D16EC7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage per Square</w:t>
+      </w:r>
+      <w:r w:rsidR="009665B2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: 98.4 sq ft (9.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> sq m).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0BDCCC" w14:textId="77777777" w:rsidR="009665B2" w:rsidRPr="007313AD" w:rsidRDefault="00AC3413" w:rsidP="009665B2">
-[...27 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="718EDA56" w14:textId="36D40EDB" w:rsidR="00D16EC7" w:rsidRPr="008462A6" w:rsidRDefault="00D16EC7" w:rsidP="00D16EC7">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Color: As selected from manufacturer’s full range.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7174AB5A" w14:textId="40A4482A" w:rsidR="00F2792F" w:rsidRPr="008A711F" w:rsidRDefault="004A3107" w:rsidP="00B41D85">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:ind w:right="-450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Standards/Qualifications</w:t>
       </w:r>
-      <w:r w:rsidR="00AC3413" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00D16EC7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108</w:t>
       </w:r>
-      <w:r w:rsidR="00281AE9" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/UL 790</w:t>
       </w:r>
-      <w:r w:rsidR="00AC3413" w:rsidRPr="007313AD">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00D16EC7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Class A Fire Resistan</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ce)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16EC7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="007E3350" w:rsidRPr="007313AD">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="007D450B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL </w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2218 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and FM 4473 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Class </w:t>
+      </w:r>
+      <w:r w:rsidR="00411FDA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Impact</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71B00" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C132D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002D06FF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CSA A123.5</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1208" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, ICC-ES AC438,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4FBF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007E3350" w:rsidRPr="007313AD">
-[...40 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PRI ER </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1378E01, Florida Product Approval, and Miami-Dade County Product Approval.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004758A2" w:rsidRPr="007313AD">
-[...17 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00726DB6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DE9D66" w14:textId="5D34D935" w:rsidR="00F2792F" w:rsidRPr="008462A6" w:rsidRDefault="00F2792F" w:rsidP="00F2792F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TruDefinition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Duration F</w:t>
+      </w:r>
+      <w:r w:rsidR="00851D28" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>LEX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF34AA" w:rsidRPr="007313AD">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00762D07" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impact Resistant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(Algae Resistant) Shingles: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4915B7" w14:textId="20BC85CF" w:rsidR="00F2792F" w:rsidRPr="008462A6" w:rsidRDefault="00F2792F" w:rsidP="00F2792F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product Attributes: Includes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology, a woven fabric reinforcing strip in the nailing zone on the shingle’s top surface; </w:t>
+      </w:r>
+      <w:r w:rsidR="006E280A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SBS modified asphalt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7CE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL </w:t>
+      </w:r>
+      <w:r w:rsidR="008A711F" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2218/FM 4473</w:t>
+      </w:r>
+      <w:r w:rsidR="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Class 4 impact resistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D2E825" w14:textId="4F7DB73F" w:rsidR="00F2792F" w:rsidRPr="008462A6" w:rsidRDefault="00F2792F" w:rsidP="00F2792F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 13-1/4 in (337 mm) by 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A20A509" w14:textId="24EBC26E" w:rsidR="00F2792F" w:rsidRPr="008462A6" w:rsidRDefault="00F2792F" w:rsidP="00F2792F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0168430F" w14:textId="038EC7F0" w:rsidR="00F2792F" w:rsidRPr="008462A6" w:rsidRDefault="00F2792F" w:rsidP="00F2792F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Shingles per Square:</w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E1426F" w14:textId="1798EABA" w:rsidR="00F2792F" w:rsidRPr="008462A6" w:rsidRDefault="00F2792F" w:rsidP="00F2792F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 20 or 22 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BE67B4" w14:textId="60719F4F" w:rsidR="00F2792F" w:rsidRPr="008462A6" w:rsidRDefault="00F2792F" w:rsidP="00F2792F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage per Square: 98.4 sq ft (9.1 sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9D3F65" w14:textId="01F98D51" w:rsidR="00F2792F" w:rsidRPr="008462A6" w:rsidRDefault="00F2792F" w:rsidP="00F2792F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Color: As selected from manufacturer’s full range.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1195BD24" w14:textId="54B1B54D" w:rsidR="00F2792F" w:rsidRPr="008462A6" w:rsidRDefault="00F2792F" w:rsidP="00F2792F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualifications: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108/UL 790 (Class A Fire Resistance), UL 2218 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and FM </w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D" w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4473 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Class 4 Impact Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45144" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="007D4145">
-[...24 lines deleted...]
-    <w:p w14:paraId="6E228427" w14:textId="530D6E23" w:rsidR="004758A2" w:rsidRPr="007313AD" w:rsidRDefault="004758A2" w:rsidP="00F32BC6">
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01, Florida Product Approval, and Miami-Dade County Product Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105AF66D" w14:textId="29A5BF7F" w:rsidR="00D16EC7" w:rsidRPr="008462A6" w:rsidRDefault="00D16EC7" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1728"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="2D51ED1B" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="505F2E84" w14:textId="639A2A0C" w:rsidR="00931FF2" w:rsidRPr="008462A6" w:rsidRDefault="00683C10" w:rsidP="00683C10">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>TruDefinition</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E81C23">
-        <w:rPr>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oakridge</w:t>
+      </w:r>
+      <w:r w:rsidR="00905CA1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...18 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="000D12F1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Algae Resistant) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingle</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E886CC5" w14:textId="2C4C0798" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>inal Size: 13-1/4 in (337 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C1B436" w14:textId="7BCC2802" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2B2BCB" w14:textId="6227D41A" w:rsidR="00EC55BB" w:rsidRPr="008462A6" w:rsidRDefault="00EC55BB" w:rsidP="00EC55BB">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square:</w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00963DC0" w:rsidRPr="007313AD">
-[...49 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3C0314" w14:textId="77777777" w:rsidR="00EC55BB" w:rsidRPr="008462A6" w:rsidRDefault="00EC55BB" w:rsidP="00EC55BB">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C4F2288" w14:textId="77777777" w:rsidR="00EC55BB" w:rsidRPr="008462A6" w:rsidRDefault="00EC55BB" w:rsidP="00EC55BB">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage per Square: 98.4 sq ft (9.1 sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42EC9672" w14:textId="59CE29A9" w:rsidR="00EC55BB" w:rsidRPr="008462A6" w:rsidRDefault="00EC55BB" w:rsidP="00EC55BB">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Color: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>As selected from manufacturer's full range.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0954617E" w14:textId="2D00E18F" w:rsidR="00EC55BB" w:rsidRPr="008462A6" w:rsidRDefault="00EC55BB" w:rsidP="00333316">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108/UL 790</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4336" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...40 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Class A Fire Resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4336" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4336" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00424A8E">
-[...279 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Florida Product Approval, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00B9297C" w:rsidRPr="007313AD">
-[...16 lines deleted...]
-    <w:p w14:paraId="27592A9B" w14:textId="4508D1BE" w:rsidR="00FA6291" w:rsidRPr="007313AD" w:rsidRDefault="00FA6291" w:rsidP="00F32BC6">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Miami-Dade County Product Approva</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB433A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F13379C" w14:textId="77777777" w:rsidR="00931FF2" w:rsidRPr="008462A6" w:rsidRDefault="00931FF2" w:rsidP="006F104B">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1728"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="22C44883" w14:textId="77777777" w:rsidR="003A4A3D" w:rsidRPr="007313AD" w:rsidRDefault="003A4A3D" w:rsidP="003A4A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F4921E1" w14:textId="15D9E4F2" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Oakridg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00931FF2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE49B1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Non-Algae</w:t>
+      </w:r>
+      <w:r w:rsidR="00931FF2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Resistant) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingle</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A59624" w14:textId="6330E204" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>inal Size: 13-1/4 in (337 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327DE860" w14:textId="655BA5F1" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23488A1C" w14:textId="07F9FD60" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E728D8" w14:textId="1C79F1CB" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 20 or 22 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F16A3B0" w14:textId="0D3DA8C7" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Covera</w:t>
+      </w:r>
+      <w:r w:rsidR="009665B2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ge per Square: 98.4 sq ft (9.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129259C7" w14:textId="11809E55" w:rsidR="00947E5E" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="00947E5E">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Color: As selected from manufacturer’s full range.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511A07B0" w14:textId="0B37CA3B" w:rsidR="00931FF2" w:rsidRPr="008462A6" w:rsidRDefault="004A3107" w:rsidP="00FE4D5B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00931FF2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00947E5E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="00326206" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E5E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB433A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Florida Product Approval, Miami-Dade County Product Approval, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C591A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CSA A123.5,</w:t>
+      </w:r>
+      <w:r w:rsidR="00491167" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1208" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and PRI ER 1378E01.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5990F6C3" w14:textId="77777777" w:rsidR="00BE49B1" w:rsidRPr="008462A6" w:rsidRDefault="00BE49B1" w:rsidP="00BE49B1">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5F1E9903" w14:textId="5FE9F979" w:rsidR="003A4A3D" w:rsidRPr="007313AD" w:rsidRDefault="003A4A3D" w:rsidP="003A4A3D">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EA5B93C" w14:textId="0E46D3A9" w:rsidR="00931FF2" w:rsidRPr="008462A6" w:rsidRDefault="00931FF2" w:rsidP="00931FF2">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Oakridge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Algae Resistant) Shingle</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C02BE1" w14:textId="4E32B763" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>inal Size: 13-1/4 in (337 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-3/8 in (1000 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756044F4" w14:textId="0AB22543" w:rsidR="00045C5C" w:rsidRPr="008462A6" w:rsidRDefault="00045C5C" w:rsidP="00045C5C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5-5/8 in (143 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09424C44" w14:textId="6F4C3C13" w:rsidR="00931FF2" w:rsidRPr="008462A6" w:rsidRDefault="00931FF2" w:rsidP="00931FF2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F74777D" w14:textId="5AA9A2B5" w:rsidR="00931FF2" w:rsidRPr="008462A6" w:rsidRDefault="00931FF2" w:rsidP="00931FF2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 20 or 22 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4218C563" w14:textId="38D3D2B2" w:rsidR="00931FF2" w:rsidRPr="008462A6" w:rsidRDefault="00931FF2" w:rsidP="00931FF2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Covera</w:t>
+      </w:r>
+      <w:r w:rsidR="009665B2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ge per Square: 98.4 sq ft (9.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B592BAC" w14:textId="3146C172" w:rsidR="00931FF2" w:rsidRPr="008462A6" w:rsidRDefault="00931FF2" w:rsidP="00931FF2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Color: As selected from manufacturer’s full range.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68118357" w14:textId="7435F727" w:rsidR="00280D5C" w:rsidRPr="00B41D85" w:rsidRDefault="00BA5124" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00931FF2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00491167" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="00491167" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C591A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CSA A123.5,</w:t>
+      </w:r>
+      <w:r w:rsidR="00491167" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...9 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="006D1208" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00491167" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approva</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB433A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3237E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3107" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00491167" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Miami-Dade C</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3107" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ounty </w:t>
+      </w:r>
+      <w:r w:rsidR="00731E8C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3107" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Approval.</w:t>
+      </w:r>
+      <w:r w:rsidR="00411FDA" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F29F046" w14:textId="625FF383" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Supreme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E81C23">
-[...4 lines deleted...]
-          <w:vertAlign w:val="superscript"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...65 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="003B7B4F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Algae Resistant) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingle</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...10 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F3597D" w14:textId="2A8994E2" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00E31C3C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size:</w:t>
+      </w:r>
+      <w:r w:rsidR="00511169" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>12 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>305</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36 in</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>91</w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BCE2C1" w14:textId="7B216562" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00E31C3C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Exposure: 5 in</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>127</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00045C5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7953F7DA" w14:textId="4B3B6526" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles per Square: 80.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25585C0F" w14:textId="40A44915" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bundles per Square: 3 bundles of 26, 27, 27 shingles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D07AA6" w14:textId="79948224" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverag</w:t>
+      </w:r>
+      <w:r w:rsidR="009665B2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>e per Square: 100.0 sq ft (9.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sq m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DFE0BEB" w14:textId="5151A546" w:rsidR="001A6B2D" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Color: As selected from manufacturer’s full range.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A6B2D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="761C1980" w14:textId="04382796" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00606789" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="001A6B2D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ASTM D228, ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM D7158 (Class H Wind Resistance), ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790</w:t>
+      </w:r>
+      <w:r w:rsidR="001A6B2D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00281AE9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8730B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5882" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4336" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8730B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Fl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>orida Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7B4F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8730B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Miami-D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ade County </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7B4F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8730B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0B2941" w14:textId="77777777" w:rsidR="000D12F1" w:rsidRPr="008462A6" w:rsidRDefault="000D12F1" w:rsidP="000D12F1">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47F81139" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00424A8E">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Product Attributes: Includes</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...632 lines deleted...]
-    <w:p w14:paraId="71F2BED1" w14:textId="088F43E7" w:rsidR="00903E3E" w:rsidRDefault="00903E3E" w:rsidP="00903E3E">
+        <w:t>HIP AND RIDGE SHINGLES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B98364" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...5445 lines deleted...]
-    <w:p w14:paraId="71F248F9" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="008410C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71F248F9" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="008410C3">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1152" w:hanging="576"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Provide hip and ridge shingles color formulated to complement field of roof.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E67AC1" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+    <w:p w14:paraId="76E67AC1" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="03003986" w14:textId="77777777" w:rsidR="009E59EA" w:rsidRPr="007313AD" w:rsidRDefault="009E59EA" w:rsidP="009E59EA">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03003986" w14:textId="77777777" w:rsidR="009E59EA" w:rsidRPr="008462A6" w:rsidRDefault="009E59EA" w:rsidP="009E59EA">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>**NOTE TO SPECIFIER** Delete hip and ridge shingle products from the list below that are not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AAB8373" w14:textId="77777777" w:rsidR="009E59EA" w:rsidRPr="007313AD" w:rsidRDefault="002E1239" w:rsidP="006A0517">
+    <w:p w14:paraId="3AAB8373" w14:textId="77777777" w:rsidR="009E59EA" w:rsidRPr="008462A6" w:rsidRDefault="002E1239" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>**NOTE TO SPECIFIER** Verify with the manufacturer regional product availability.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DEAE57" w14:textId="77777777" w:rsidR="006E7CA9" w:rsidRPr="006E7CA9" w:rsidRDefault="006E7CA9" w:rsidP="006E7CA9">
+    <w:p w14:paraId="60DEAE57" w14:textId="443E548F" w:rsidR="006E7CA9" w:rsidRPr="008462A6" w:rsidRDefault="006E7CA9" w:rsidP="006E7CA9">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DuraRidge</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E7CA9">
-        <w:rPr>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E7CA9">
-[...10 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hip and Ridge (Algae Resistant) Shingles with Sealant: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D32F19" w14:textId="77777777" w:rsidR="006E7CA9" w:rsidRPr="008462A6" w:rsidRDefault="006E7CA9" w:rsidP="006E7CA9">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E7CA9">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>High profile design features patented SureNail</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">High profile design features patented </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E7CA9">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Technology providing long-lasting durability and </w:t>
+        <w:t xml:space="preserve"> Technology providing long-lasting durability and dimension</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C2B6B7" w14:textId="77777777" w:rsidR="006E7CA9" w:rsidRPr="008462A6" w:rsidRDefault="006E7CA9" w:rsidP="006E7CA9">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 12 in (305 mm) by 10 ⅝ in (270 mm) with 8 in (203 mm) exposure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E83BC8" w14:textId="41672FBE" w:rsidR="006E7CA9" w:rsidRPr="008462A6" w:rsidRDefault="006E7CA9" w:rsidP="006E7CA9">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualifications: ASTM D3018 (Type 1), ASTM D3161 (Class F Wind </w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Resistance), ASTM D228,</w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D3462, ASTM E108/UL790 (Class A Fire Resistance), ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approval, Miami-Dade County Product Approval, and CSA A123.5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2756AD" w14:textId="1123A98C" w:rsidR="000844C2" w:rsidRPr="008462A6" w:rsidRDefault="000844C2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53351685" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>RIZERidge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hip and Ridge </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1DEB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Algae Resistant) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles with Sealant:  As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36ADC6E8" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Foldable design provides multi-layered dimension along hips and ridges. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B47CE9" w14:textId="263EBB88" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00E31C3C" w:rsidP="005E0CFB">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 12 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>305</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36 in</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>91</w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0CFB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m)</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0CFB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with 6 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A39" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A39" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0CFB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m) exposure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E28CD2F" w14:textId="4FAD121E" w:rsidR="0030258B" w:rsidRPr="008462A6" w:rsidRDefault="000B6B3F" w:rsidP="0030258B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Piece</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Size: 12 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>305</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 in</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>305</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D91" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0CFB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E547C68" w14:textId="13D1E9DF" w:rsidR="0030258B" w:rsidRPr="008462A6" w:rsidRDefault="00FE0F6B" w:rsidP="0030258B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="0030258B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM </w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>D3462, ASTM D228, ASTM</w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0030258B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>E108</w:t>
+      </w:r>
+      <w:r w:rsidR="003028DC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790</w:t>
+      </w:r>
+      <w:r w:rsidR="0030258B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43E16" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7427" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DFEAAC9" w14:textId="77777777" w:rsidR="00EF3493" w:rsidRPr="008462A6" w:rsidRDefault="00EF3493" w:rsidP="00EF3493">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DEACC3F" w14:textId="69FAD246" w:rsidR="00EF3493" w:rsidRPr="008462A6" w:rsidRDefault="00EF3493" w:rsidP="00EF3493">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DecoRidge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hip and Ridge </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1DEB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(Non</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1DEB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Algae Resistant) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles with Sealant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03AA3D98" w14:textId="77777777" w:rsidR="00EF3493" w:rsidRPr="008462A6" w:rsidRDefault="00EF3493" w:rsidP="00EF3493">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Durable, heavyweight laminate construction with SBS-modified asphalt provides maximum dimension and style to the hip and ridge. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3509A63E" w14:textId="3D9CEE34" w:rsidR="00EF3493" w:rsidRPr="008462A6" w:rsidRDefault="00EF3493" w:rsidP="00EF3493">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 11-1/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) by</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) and 11-1/2 in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) by</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) with 8 in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) exposure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3B70F0" w14:textId="47CEA5FF" w:rsidR="00EF3493" w:rsidRPr="008462A6" w:rsidRDefault="00CD1A4D" w:rsidP="00EF3493">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3493" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM </w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>D3462, ASTM D228, ASTM</w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3493" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>E108</w:t>
+      </w:r>
+      <w:r w:rsidR="007D450B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3493" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00726DB6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 and FM 4473 </w:t>
+      </w:r>
+      <w:r w:rsidR="00261786" w:rsidRPr="00261786">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(Class 3 Impact Resistance).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59688DEA" w14:textId="77777777" w:rsidR="001652A0" w:rsidRPr="008462A6" w:rsidRDefault="001652A0" w:rsidP="001652A0">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B1924F9" w14:textId="51C44050" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00905CA1" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ProEdge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hip and Ridge </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1DEB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Algae Resistant) </w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles</w:t>
+      </w:r>
+      <w:r w:rsidR="00805D60" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Sealant:</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EAC2B91" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Perforated shingles with factory installed cutouts designed for fast and easy installation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E101B9D" w14:textId="70E42D74" w:rsidR="00E676D8" w:rsidRPr="008462A6" w:rsidRDefault="00AD21C5" w:rsidP="00E676D8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 12 in (305 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36 in (914 mm)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E676D8" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with 6 in (152 mm) exposure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0029E1" w14:textId="7CB0A6A9" w:rsidR="00E676D8" w:rsidRPr="008462A6" w:rsidRDefault="00E676D8" w:rsidP="00E676D8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Piece</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Size: 12 in (305 mm) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 in (305 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00538066" w14:textId="2961E39F" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00CD1A4D" w:rsidP="00EF3493">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3493" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM </w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>D3462, ASTM D228, ASTM</w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3493" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>E108</w:t>
+      </w:r>
+      <w:r w:rsidR="007D450B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3493" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7427" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4145" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>UL 2218 and FM 4473 (Class 3 Impact Resistance),</w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3493" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Flo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>rida Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3493" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and Miami-Dade County</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00276B11" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3493" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0082CA" w14:textId="77777777" w:rsidR="005D2E33" w:rsidRPr="008462A6" w:rsidRDefault="005D2E33" w:rsidP="005D2E33">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07A63D94" w14:textId="2B2831CB" w:rsidR="005D2E33" w:rsidRPr="008462A6" w:rsidRDefault="00905CA1" w:rsidP="005D2E33">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ProEdge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2E33" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06962" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Hip and Ridge</w:t>
+      </w:r>
+      <w:r w:rsidR="00E06962" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1DEB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Algae Resistant) (Metric) </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2E33" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingles</w:t>
+      </w:r>
+      <w:r w:rsidR="00805D60" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Sealant</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2E33" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F95011A" w14:textId="77777777" w:rsidR="005D2E33" w:rsidRPr="008462A6" w:rsidRDefault="005D2E33" w:rsidP="005D2E33">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Perforated shingles with factory installed cutouts designed for fast and easy installation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62580DF9" w14:textId="400B0ADE" w:rsidR="005D2E33" w:rsidRPr="008462A6" w:rsidRDefault="005D2E33" w:rsidP="005D2E33">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00780046" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B91FF2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00780046" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1/4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>337</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00780046" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00B91FF2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00780046" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3/8</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00877501" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00877501" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0CFB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) with 6-5/8 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>168</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0CFB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0CFB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) exposure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671CE6E4" w14:textId="02ACC37D" w:rsidR="005D2E33" w:rsidRPr="008462A6" w:rsidRDefault="005D2E33" w:rsidP="005D2E33">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Piece Size: </w:t>
+      </w:r>
+      <w:r w:rsidR="00780046" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00B91FF2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00780046" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>27/32</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00780046" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7C2F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00780046" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1/4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31C3C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D003EC" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0CFB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD2A612" w14:textId="0AB20065" w:rsidR="005D2E33" w:rsidRPr="008462A6" w:rsidRDefault="005D2E33" w:rsidP="005D2E33">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Standards/Qualifications: ASTM D3018 (Type 1), ASTM D3161 (Class F Wind </w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Resistance), ASTM D228,</w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM D3462, ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="007D450B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="007D450B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7427" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CSA A123.5, ICC-ES AC438, </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and PRI ER 1378E01.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E39FA4C" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24123FEC" w14:textId="3E1C3F87" w:rsidR="00762D07" w:rsidRPr="008462A6" w:rsidRDefault="00EE1321" w:rsidP="00762D07">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ImpactRidge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00762D07" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00762D07" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hip and Ridge Impact Resistant (Algae Resistant) Shingles</w:t>
+      </w:r>
+      <w:r w:rsidR="00411FDA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Sealant</w:t>
+      </w:r>
+      <w:r w:rsidR="00762D07" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231D1916" w14:textId="3DBE25D3" w:rsidR="006E280A" w:rsidRPr="008462A6" w:rsidRDefault="006E280A" w:rsidP="006E280A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SBS modified asphalt and UL 2218 Class 4 impact resistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2AFD93" w14:textId="77777777" w:rsidR="00762D07" w:rsidRPr="008462A6" w:rsidRDefault="00762D07" w:rsidP="00762D07">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Perforated design for easy installation offering Class 4 impact resistance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4EDD1F" w14:textId="42D783A6" w:rsidR="00762D07" w:rsidRPr="008462A6" w:rsidRDefault="00762D07" w:rsidP="00762D07">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nominal Size: 12 in (305 mm) by 36 in (914 mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with 6 in (152 mm) exposure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B85DDAE" w14:textId="60E24527" w:rsidR="00762D07" w:rsidRPr="008462A6" w:rsidRDefault="00762D07" w:rsidP="00762D07">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Piece Size: 12 in (305 mm) by 12 in (305 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699639F2" w14:textId="360445D6" w:rsidR="00762D07" w:rsidRPr="008462A6" w:rsidRDefault="00762D07" w:rsidP="00762D07">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualifications: ASTM D3018 (Type 1), ASTM D3161 (Class F Wind Resistance), ASTM D3462, ASTM E108/UL 790 (Class A Fire Resistance), UL </w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2218 and FM 4473 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Class 4 Impact Resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PRI ER </w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1378E01, CSA A123.5, ASTM D228, ICC-ES AC438, Florida</w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85" w:rsidRPr="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Product Approval, and Miami-Dade County Product Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F25D7AC" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19CFD76D" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>STARTER SHINGLES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5588207A" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6252C4C8" w14:textId="77777777" w:rsidR="009E59EA" w:rsidRPr="008462A6" w:rsidRDefault="009E59EA" w:rsidP="009E59EA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Delete starter shingle products from the list below that are not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C540C0B" w14:textId="77777777" w:rsidR="009E59EA" w:rsidRPr="008462A6" w:rsidRDefault="002E1239" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Verify with the manufacturer regional product availability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5EBE3D" w14:textId="0C60C9C7" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Starter Shingle Roll: As manufactured by Owens Corning</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA46ED" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Roofing and Asphalt, LLC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B5057F" w14:textId="481378AB" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Self-adhering, starter course</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7AEF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Each strip measures 7-1/5 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>183</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7AEF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) tall by 33-2/5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ft (</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6D55" w:rsidRPr="000F6D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>10.18</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m) wide. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA0C316" w14:textId="7496B140" w:rsidR="00B04284" w:rsidRPr="008462A6" w:rsidRDefault="00060E27" w:rsidP="00B04284">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04284" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D86CA4" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D1970 and </w:t>
+      </w:r>
+      <w:r w:rsidR="006C0EF1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04284" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7168F6AF" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="323F03DE" w14:textId="06953257" w:rsidR="004A499C" w:rsidRPr="008462A6" w:rsidRDefault="004A499C" w:rsidP="004A499C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Starter Strip P</w:t>
+      </w:r>
+      <w:r w:rsidR="00726DB6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>lus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36843C62" w14:textId="6C8F7B4E" w:rsidR="004A499C" w:rsidRPr="008462A6" w:rsidRDefault="004A499C" w:rsidP="004A499C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nail applied starter course. Individual</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7AEF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> starter shingle is 7-3/4 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>197</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7AEF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD21C5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) by</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7AEF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-3/8 in</w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1000</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A6D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0D4230" w14:textId="5E7B6699" w:rsidR="004A499C" w:rsidRPr="008462A6" w:rsidRDefault="00B1287C" w:rsidP="004A499C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="004A499C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ASTM D3462, ASTM D3161 (Class F Wind Resistance), ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43E16" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C93A7B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ICC-ES AC438,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93A7B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93A7B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000068EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93A7B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000068EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Miami-Dade County Product Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B0E2F6" w14:textId="77777777" w:rsidR="004A499C" w:rsidRPr="008462A6" w:rsidRDefault="004A499C" w:rsidP="004A499C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51FFC1B2" w14:textId="6A1E214C" w:rsidR="004A499C" w:rsidRPr="008462A6" w:rsidRDefault="00B04284" w:rsidP="004A499C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Wood</w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>tart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00261786" w:rsidRPr="00261786">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Starter Strip Shingle:</w:t>
+      </w:r>
+      <w:r w:rsidR="00261786">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A499C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB6AAB2" w14:textId="0B00D648" w:rsidR="004A499C" w:rsidRPr="008462A6" w:rsidRDefault="004A499C" w:rsidP="004A499C">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nail applied s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04284" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>tarter course. Nominal Size is 13-</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7AEF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3/8 in (</w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>340</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A39" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="009718BF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m) by</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7AEF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40 in</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04284" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1</w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>016</w:t>
+      </w:r>
+      <w:r w:rsidR="00957E9E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B97DFAB" w14:textId="194C6983" w:rsidR="00280D5C" w:rsidRPr="0017511D" w:rsidRDefault="00E43E16" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: ASTM D3462, ASTM D3161 (Class F Wind Resistance), ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00805D60" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 2218 (Class 4 Impact Resistance), </w:t>
+      </w:r>
+      <w:r w:rsidR="00C93A7B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ICC-ES </w:t>
+      </w:r>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>AC</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006E7CA9">
-        <w:rPr>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>438,  ASTM</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008F137B" w:rsidRPr="008F137B">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D3018 (Type 1), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E01</w:t>
+      </w:r>
+      <w:r w:rsidR="00F352FA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C6C4895" w14:textId="4647C06D" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>dimension</w:t>
-[...44 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SELF-ADHERING </w:t>
+      </w:r>
+      <w:r w:rsidR="005560FA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>UNDERLAYMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41297570" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E8B2672" w14:textId="77777777" w:rsidR="009E59EA" w:rsidRPr="008462A6" w:rsidRDefault="009E59EA" w:rsidP="009E59EA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Delete self-adhering ice and water barrier products from the list below that are not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4EDEAB" w14:textId="77777777" w:rsidR="009E59EA" w:rsidRPr="008462A6" w:rsidRDefault="002E1239" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Verify with the manufacturer regional product availability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC13EAE" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00BA4D7A" w:rsidP="00BA4D7A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>WeatherLock</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2469" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mat: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8E7D17" w14:textId="6CF8BF4A" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mat-faced skid resistant surface, self-adhering, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE299D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>self-sealing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bituminous ice and water barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2861BA11" w14:textId="3A29467F" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="003A7AEF" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 36 in</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00957E9E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>91</w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00957E9E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482BE86E" w14:textId="5C8254C5" w:rsidR="005727DE" w:rsidRPr="008462A6" w:rsidRDefault="003A7AEF" w:rsidP="005727DE">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Selvage: 3 in</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>76</w:t>
+      </w:r>
+      <w:r w:rsidR="00957E9E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003741C2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00957E9E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="005727DE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57809E06" w14:textId="203E062B" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00992697" w:rsidP="005727DE">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="005727DE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ASTM D1970, ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="0025450D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005727DE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E7CA9">
-[...7 lines deleted...]
-    <w:p w14:paraId="6F2756AD" w14:textId="1123A98C" w:rsidR="000844C2" w:rsidRDefault="000844C2">
+      <w:r w:rsidR="00C44F1E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E02</w:t>
+      </w:r>
+      <w:r w:rsidR="00333316" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="0053470F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000068EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005727DE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and Miami-Dade County </w:t>
+      </w:r>
+      <w:r w:rsidR="000068EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product </w:t>
+      </w:r>
+      <w:r w:rsidR="005727DE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3B32C1" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="53351685" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06170982" w14:textId="0EFAF338" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007313AD">
-[...4 lines deleted...]
-        <w:t>RIZERidge</w:t>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>WeatherLock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006E7CA9">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...61 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD46936" w14:textId="3B1E34A7" w:rsidR="003B2469" w:rsidRPr="008462A6" w:rsidRDefault="003B2469" w:rsidP="003B2469">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Granule skid resistant surface, self-adhering, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE299D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>self-sealing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bituminous ice and water barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BD5242B" w14:textId="4C51632A" w:rsidR="003741C2" w:rsidRPr="008462A6" w:rsidRDefault="003741C2" w:rsidP="003741C2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 36 in (914 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD96081" w14:textId="69562875" w:rsidR="003741C2" w:rsidRPr="008462A6" w:rsidRDefault="003741C2" w:rsidP="003741C2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selvage: 3 in (76 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005841BC" w14:textId="613B8E5E" w:rsidR="003B2469" w:rsidRPr="008462A6" w:rsidRDefault="003B2469" w:rsidP="003B2469">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: ASTM D1970, ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="0025450D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C44F1E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E02</w:t>
+      </w:r>
+      <w:r w:rsidR="00333316" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="0053470F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000068EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Miami-Dade County Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529A2FBF" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00268590" w14:textId="723A1DFD" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>WeatherLock</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Flex:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E676D8" w:rsidRPr="007313AD">
-[...42 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DE8A40" w14:textId="0656557A" w:rsidR="003B2469" w:rsidRPr="008462A6" w:rsidRDefault="003B2469" w:rsidP="003B2469">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cross laminated poly surface with skid resistant traction surface, self-adhering, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE299D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>self-sealing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bituminous ice and water barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546AA825" w14:textId="3A9D73B6" w:rsidR="003741C2" w:rsidRPr="008462A6" w:rsidRDefault="003741C2" w:rsidP="003741C2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 36 in (914 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC17513" w14:textId="456CF03F" w:rsidR="003741C2" w:rsidRPr="008462A6" w:rsidRDefault="003741C2" w:rsidP="003741C2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selvage: 3 in (76 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB52762" w14:textId="3894A3F9" w:rsidR="003B2469" w:rsidRPr="008462A6" w:rsidRDefault="003B2469" w:rsidP="003B2469">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: ASTM D1970, ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="0025450D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003E129B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C44F1E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E02</w:t>
+      </w:r>
+      <w:r w:rsidR="003E129B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B48708" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42AD3318" w14:textId="7F4986A3" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>WeatherLock</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Specialty Tile and Metal: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098DFCDC" w14:textId="32ED109D" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Polyester surface with skid resistant traction surface, self-adhering, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE299D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>self-sealing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bituminous ice and water barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272A2EEF" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Thermally stable in high temperatures up to 260 degree</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB46D6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E676D8" w:rsidRPr="007313AD">
-[...33 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009718BF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Fahrenheit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (126 degrees C</w:t>
+      </w:r>
+      <w:r w:rsidR="009718BF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>elsius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18574458" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Des</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4C27" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">igned for use with mechanically </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fastened tile systems.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E59C50" w14:textId="42BF0EAE" w:rsidR="003741C2" w:rsidRPr="008462A6" w:rsidRDefault="003741C2" w:rsidP="003741C2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 36 in (914 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11AA99AF" w14:textId="36A2FF9B" w:rsidR="003741C2" w:rsidRPr="008462A6" w:rsidRDefault="003741C2" w:rsidP="003741C2">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selvage: 3 in (76 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4616E9D5" w14:textId="3613E136" w:rsidR="0025450D" w:rsidRPr="008462A6" w:rsidRDefault="00992697" w:rsidP="0092361F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualification</w:t>
+      </w:r>
+      <w:r w:rsidR="0092361F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: ASTM D1970, ASTM E108</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/UL 790</w:t>
+      </w:r>
+      <w:r w:rsidR="0092361F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Class A</w:t>
+      </w:r>
+      <w:r w:rsidR="003E129B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/Class C</w:t>
+      </w:r>
+      <w:r w:rsidR="0092361F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="0025450D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00267A39" w:rsidRPr="007313AD">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="004C7F5F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005727DE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0025450D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UL 1897, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C44F1E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E02</w:t>
+      </w:r>
+      <w:r w:rsidR="003E129B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A73" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005727DE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Miami-Dade County </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A73" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product </w:t>
+      </w:r>
+      <w:r w:rsidR="005727DE" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA2E8E9" w14:textId="33CE2AAE" w:rsidR="00E51EFA" w:rsidRPr="008462A6" w:rsidRDefault="00E51EFA" w:rsidP="00E51EFA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="773657E9" w14:textId="3E0A4C00" w:rsidR="00E51EFA" w:rsidRPr="008462A6" w:rsidRDefault="003669F2" w:rsidP="00E51EFA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>RhinoRoof</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E51EFA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51EFA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E676D8" w:rsidRPr="007313AD">
-[...220 lines deleted...]
-    <w:p w14:paraId="5DFEAAC9" w14:textId="77777777" w:rsidR="00EF3493" w:rsidRPr="007313AD" w:rsidRDefault="00EF3493" w:rsidP="00EF3493">
+      <w:r w:rsidR="008A711F" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Granulated</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51EFA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD76F84" w14:textId="4F296C73" w:rsidR="00E51EFA" w:rsidRPr="008A711F" w:rsidRDefault="00E51EFA" w:rsidP="00E51EFA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Granule </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skid resistant surface, self-adhering, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE299D" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>self-sealing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bituminous ice and water barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DE0E1E" w14:textId="4C1E841C" w:rsidR="00E51EFA" w:rsidRPr="008A711F" w:rsidRDefault="00E51EFA" w:rsidP="00E51EFA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 36 in (914 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D075C8" w14:textId="49BF0987" w:rsidR="00E51EFA" w:rsidRPr="008A711F" w:rsidRDefault="00E51EFA" w:rsidP="00E51EFA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selvage: 3 in (76 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7652AE09" w14:textId="37E15065" w:rsidR="008A711F" w:rsidRPr="008A711F" w:rsidRDefault="00E51EFA" w:rsidP="008A711F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: ASTM D1970, ASTM E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00C44F1E" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PRI ER 1378E02, </w:t>
+      </w:r>
+      <w:r w:rsidR="003669F2" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="008A711F" w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FC53A1" w14:textId="7703393C" w:rsidR="006B1C60" w:rsidRPr="008A711F" w:rsidRDefault="006B1C60" w:rsidP="008A711F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1152"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54957EFF" w14:textId="02A31AFB" w:rsidR="008A711F" w:rsidRPr="008A711F" w:rsidRDefault="008A711F" w:rsidP="006B1C60">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>RhinoRoof</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anchor Sheet: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D55B02" w14:textId="01C599AB" w:rsidR="008A711F" w:rsidRPr="008A711F" w:rsidRDefault="008A711F" w:rsidP="008A711F">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="0DEACC3F" w14:textId="77777777" w:rsidR="00EF3493" w:rsidRPr="007313AD" w:rsidRDefault="00EF3493" w:rsidP="00EF3493">
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="576"/>
+          <w:tab w:val="clear" w:pos="1152"/>
+          <w:tab w:val="clear" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+          <w:tab w:val="left" w:pos="1710"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Mat-faced skid resistant surface, self-sealing, bituminous base sheet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19113113" w14:textId="14A4DEC9" w:rsidR="008A711F" w:rsidRPr="008A711F" w:rsidRDefault="008A711F" w:rsidP="008A711F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="576"/>
+          <w:tab w:val="clear" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 36 in (914 mm)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4394551B" w14:textId="14037833" w:rsidR="008A711F" w:rsidRPr="008A711F" w:rsidRDefault="008A711F" w:rsidP="008A711F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="576"/>
+          <w:tab w:val="clear" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Selvage: 3 in (76 mm)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D0E79A" w14:textId="33A93D5C" w:rsidR="008A711F" w:rsidRPr="008A711F" w:rsidRDefault="008A711F" w:rsidP="008A711F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="576"/>
+          <w:tab w:val="clear" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:left="1720" w:hanging="1720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: ASTM D226, ASTM D4869, E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7CE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E16. Florida Product Approval, and Miami-Dade County Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2F0CED" w14:textId="77777777" w:rsidR="008A711F" w:rsidRPr="008A711F" w:rsidRDefault="008A711F" w:rsidP="008A711F">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
-        <w:rPr>
-[...17 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1116"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E09E84D" w14:textId="0635EF6E" w:rsidR="006B1C60" w:rsidRPr="008A711F" w:rsidRDefault="006B1C60" w:rsidP="006B1C60">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Titanium</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...161 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PSU30: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D219D5A" w14:textId="3FF41F9D" w:rsidR="006B1C60" w:rsidRPr="008462A6" w:rsidRDefault="006B1C60" w:rsidP="00EE1321">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Weather-shedding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> synthetic polypropylene facer, self-adhering, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE299D" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>self-sealing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bituminous ice and water barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9E5532" w14:textId="16F65CE7" w:rsidR="006B1C60" w:rsidRPr="008462A6" w:rsidRDefault="006B1C60" w:rsidP="006B1C60">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 36 in (914 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E372E49" w14:textId="0456CC29" w:rsidR="006B1C60" w:rsidRPr="008462A6" w:rsidRDefault="006B1C60" w:rsidP="006B1C60">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selvage: 1 in (76 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F79F88" w14:textId="3ED86434" w:rsidR="006B1C60" w:rsidRPr="008462A6" w:rsidRDefault="006B1C60" w:rsidP="006B1C60">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: ASTM D1970, ASTM E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>), and Florida Product Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E88F583" w14:textId="664E89B3" w:rsidR="002F2338" w:rsidRPr="008462A6" w:rsidRDefault="002F2338" w:rsidP="002F2338">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B097806" w14:textId="10E2E3E4" w:rsidR="002F2338" w:rsidRPr="008462A6" w:rsidRDefault="002F2338" w:rsidP="002F2338">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Titanium</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FR: As manufactured by Owens Corning Roofing and Asphalt, LLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754E54A5" w14:textId="0ABED7EE" w:rsidR="002F2338" w:rsidRPr="008462A6" w:rsidRDefault="002F2338" w:rsidP="002F2338">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Weather-shedding synthetic polypropylene facer, self-adhering, self-sealing, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE49B1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>fire-resistant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bituminous ice and water barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59122F4F" w14:textId="6B4D4EA2" w:rsidR="002F2338" w:rsidRPr="008462A6" w:rsidRDefault="002F2338" w:rsidP="002F2338">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 36 in (914 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29ADBCCC" w14:textId="0FCE8E85" w:rsidR="002F2338" w:rsidRPr="008462A6" w:rsidRDefault="002F2338" w:rsidP="002F2338">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selvage: 1 in (76 mm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0930A273" w14:textId="29D5A1BF" w:rsidR="002F2338" w:rsidRPr="008462A6" w:rsidRDefault="002F2338" w:rsidP="002F2338">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: ASTM D1970, ASTM E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="005B0A6D" w:rsidRPr="007313AD">
-[...218 lines deleted...]
-    <w:p w14:paraId="59688DEA" w14:textId="77777777" w:rsidR="001652A0" w:rsidRPr="007313AD" w:rsidRDefault="001652A0" w:rsidP="001652A0">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>), and Florida Product Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED80172" w14:textId="77777777" w:rsidR="0025450D" w:rsidRPr="008462A6" w:rsidRDefault="0025450D" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4102 lines deleted...]
-    <w:p w14:paraId="06DF7F56" w14:textId="77777777" w:rsidR="0025450D" w:rsidRDefault="0025450D" w:rsidP="00F32BC6">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06DF7F56" w14:textId="77777777" w:rsidR="0025450D" w:rsidRPr="008462A6" w:rsidRDefault="0025450D" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="576"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="270"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Class A fire resistance limited to use under asphalt shingles and quarry slate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D68246" w14:textId="4EA3F88A" w:rsidR="0092361F" w:rsidRDefault="0025450D" w:rsidP="00F32BC6">
+    <w:p w14:paraId="58D68246" w14:textId="4EA3F88A" w:rsidR="0092361F" w:rsidRPr="008462A6" w:rsidRDefault="0025450D" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="576"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="270"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Class A fire resistance limited to use under asphalt shingles, clay and concrete tile, and quarry slate.</w:t>
       </w:r>
-      <w:r w:rsidR="003E129B">
-        <w:rPr>
+      <w:r w:rsidR="003E129B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Class C fire resistance under metal panels and shingles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43D5B56D" w14:textId="3E1F8D72" w:rsidR="002F2338" w:rsidRPr="0025450D" w:rsidRDefault="002F2338" w:rsidP="002F2338">
+    <w:p w14:paraId="03829689" w14:textId="7FB9E13A" w:rsidR="002F2338" w:rsidRPr="008462A6" w:rsidRDefault="002F2338" w:rsidP="0017511D">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="576"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="270"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Class A fire resistance limited to use under asphalt shingles, clay and concrete tile, quarry slate, and metal panels and shingles. See product literature for specifics.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03829689" w14:textId="77777777" w:rsidR="002F2338" w:rsidRPr="002F2338" w:rsidRDefault="002F2338" w:rsidP="002F2338">
+    <w:p w14:paraId="38509E02" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="38509E02" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07CA7FC2" w14:textId="230708A7" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="005560FA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MECHANICALLY FASTENED </w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>UNDERLAYMENT</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319E5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E93DE75" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09CA3C6C" w14:textId="77777777" w:rsidR="009E59EA" w:rsidRPr="008462A6" w:rsidRDefault="009E59EA" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Delete shingle underlayment products from the list below that are not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7CAFE9" w14:textId="77777777" w:rsidR="009E59EA" w:rsidRPr="008462A6" w:rsidRDefault="002E1239" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-[...32 lines deleted...]
-    <w:p w14:paraId="7E93DE75" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Verify with the manufacturer regional product availability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="660CBCC3" w14:textId="77777777" w:rsidR="000249EF" w:rsidRPr="008462A6" w:rsidRDefault="000249EF" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ProArmor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00451627" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00511773" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Synthetic Roof Underlayment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B26EDE" w14:textId="77777777" w:rsidR="000249EF" w:rsidRPr="008462A6" w:rsidRDefault="000249EF" w:rsidP="000249EF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Weather-shedding synthetic polyolefin barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0553EEF4" w14:textId="023E4CED" w:rsidR="000249EF" w:rsidRPr="008462A6" w:rsidRDefault="00511773" w:rsidP="000249EF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 42</w:t>
+      </w:r>
+      <w:r w:rsidR="000249EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (106</w:t>
+      </w:r>
+      <w:r w:rsidR="0044510B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="000249EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0044510B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="000249EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0002B1E1" w14:textId="2B19D3F3" w:rsidR="000249EF" w:rsidRPr="008462A6" w:rsidRDefault="000249EF" w:rsidP="000249EF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roll Length: </w:t>
+      </w:r>
+      <w:r w:rsidR="00511773" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>286</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> f</w:t>
+      </w:r>
+      <w:r w:rsidR="00511773" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>t (87.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m)</w:t>
+      </w:r>
+      <w:r w:rsidR="00511773" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026EB0CD" w14:textId="18E4DF6F" w:rsidR="000249EF" w:rsidRPr="008462A6" w:rsidRDefault="00511773" w:rsidP="000249EF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage Per Roll: 9.29</w:t>
+      </w:r>
+      <w:r w:rsidR="000249EF" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roof squares. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B815474" w14:textId="1F5C5AC0" w:rsidR="000249EF" w:rsidRPr="008462A6" w:rsidRDefault="000249EF" w:rsidP="000249EF">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualification: </w:t>
+      </w:r>
+      <w:r w:rsidR="006E280A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D8257, </w:t>
+      </w:r>
+      <w:r w:rsidR="00511773" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D226, ASTM D4869, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00511773" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ICC-ES AC188</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4132E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CCRR-1068, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approval, and Miami-Dade County Product Approv</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4132E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B91E5B7" w14:textId="77777777" w:rsidR="000249EF" w:rsidRPr="008462A6" w:rsidRDefault="000249EF" w:rsidP="000249EF">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...40 lines deleted...]
-    <w:p w14:paraId="660CBCC3" w14:textId="77777777" w:rsidR="000249EF" w:rsidRPr="007313AD" w:rsidRDefault="000249EF" w:rsidP="006A0517">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="072693CC" w14:textId="3E66D868" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DeckDefense</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidR="00511773" w:rsidRPr="007313AD">
-[...53 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D" w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>High Performance Synthetic Roof Underlayment</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0D70" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...7 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="6E00A551" w14:textId="1E77CCBF" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Weather-shedding synthetic poly</w:t>
+      </w:r>
+      <w:r w:rsidR="0044510B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>olefin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D2F4B6" w14:textId="35123EC8" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00053BF3" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 48 in</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (12</w:t>
+      </w:r>
+      <w:r w:rsidR="0044510B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB46D6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0044510B">
-        <w:rPr>
+      <w:r w:rsidR="0044510B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="000249EF" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>m).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0002B1E1" w14:textId="77777777" w:rsidR="000249EF" w:rsidRPr="007313AD" w:rsidRDefault="000249EF" w:rsidP="000249EF">
-[...43 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1D02AD55" w14:textId="17FF5FFE" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roll Length: </w:t>
+      </w:r>
+      <w:r w:rsidR="00875901" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">125 ft (38.1 m) and </w:t>
+      </w:r>
+      <w:r w:rsidR="0007192F" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">250 </w:t>
+      </w:r>
+      <w:r w:rsidR="00053BF3" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>t (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46F44" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">76.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46F44" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="026EB0CD" w14:textId="77777777" w:rsidR="000249EF" w:rsidRPr="007313AD" w:rsidRDefault="00511773" w:rsidP="000249EF">
-[...38 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0AC046BC" w14:textId="3B1244E0" w:rsidR="005D5D14" w:rsidRPr="008462A6" w:rsidRDefault="00875901" w:rsidP="005D5D14">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage Per Roll: 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and 10</w:t>
+      </w:r>
+      <w:r w:rsidR="009E49AB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>roof squares.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D5D14" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D665E43" w14:textId="46E928A8" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00992697" w:rsidP="005D5D14">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualification</w:t>
+      </w:r>
+      <w:r w:rsidR="00B773EB" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="006E280A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ASTM D8257, </w:t>
       </w:r>
-      <w:r w:rsidR="00511773" w:rsidRPr="007313AD">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="0044510B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D226, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Florida Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0257E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="003B00A7" w:rsidRPr="007313AD">
-[...119 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="005D5D14" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>and Miami-D</w:t>
+      </w:r>
+      <w:r w:rsidR="000D096A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ade </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">County </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0257E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="005D5D14" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E00A551" w14:textId="1E77CCBF" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
-[...621 lines deleted...]
-    <w:p w14:paraId="71D8373B" w14:textId="77777777" w:rsidR="00085FF5" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
+    <w:p w14:paraId="71D8373B" w14:textId="77777777" w:rsidR="00085FF5" w:rsidRPr="008462A6" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1152"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="29178E68" w14:textId="56A72361" w:rsidR="00085FF5" w:rsidRPr="007313AD" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29178E68" w14:textId="56A72361" w:rsidR="00085FF5" w:rsidRPr="008462A6" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>RhinoRoof</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D319E5">
-        <w:rPr>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> U20 Roof Underlayment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BEE3AE" w14:textId="500D3934" w:rsidR="00085FF5" w:rsidRPr="008462A6" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Weather-shedding synthetic polypropylene barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41315105" w14:textId="3DC2CBF7" w:rsidR="00085FF5" w:rsidRPr="008462A6" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 42 in (110 cm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFDF93F" w14:textId="75179706" w:rsidR="00085FF5" w:rsidRPr="008462A6" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roll Length: 286 ft (87m) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794FA3D9" w14:textId="34A81BD2" w:rsidR="00085FF5" w:rsidRPr="008462A6" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coverage Per Roll: 10 roof squares. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4DC459" w14:textId="4A517E17" w:rsidR="00085FF5" w:rsidRPr="008462A6" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualification: </w:t>
+      </w:r>
+      <w:r w:rsidR="006E280A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D8257, </w:t>
+      </w:r>
+      <w:r w:rsidR="0044510B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D226, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D" w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E05</w:t>
+      </w:r>
+      <w:r w:rsidR="0044510B" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Florida Product Approval, and Miami-Dade County Product Approval. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24353AA5" w14:textId="7CDAC56B" w:rsidR="00085FF5" w:rsidRPr="008462A6" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A303C56" w14:textId="54768AC0" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Titanium</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UDL25 Roof Underlayment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37878A48" w14:textId="77777777" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Weather-shedding synthetic polypropylene barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D0BA3B" w14:textId="7E89A998" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 48 in (122 cm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13854D9E" w14:textId="023C2B73" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roll Length: 250 ft (76.2m) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BFF5440" w14:textId="77777777" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coverage Per Roll: 10 roof squares. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5021C0" w14:textId="6C444BD8" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualification: </w:t>
+      </w:r>
+      <w:r w:rsidR="006E280A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D8257, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D226, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D" w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Florida Product Approval, and Miami-Dade County Product Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21EACA9C" w14:textId="476B74CC" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62D4ECAD" w14:textId="62B5C45C" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Titanium</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UDL30 Roof Underlayment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8896B2" w14:textId="77777777" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Weather-shedding synthetic polypropylene barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C09F48C" w14:textId="2ADFC919" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 48 in (122 cm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F75615" w14:textId="66327E13" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roll Length: 250 ft (76.2m) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4334846C" w14:textId="77777777" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="00E51EFA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage Per Roll: 10 roof squares.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006CA3CF" w14:textId="17AA87D0" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="00E51EFA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standards/Qualification: </w:t>
+      </w:r>
+      <w:r w:rsidR="006E280A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D8257, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM D226,</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ASTM E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...60 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="0017511D" w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Florida Product Approval, and Miami-Dade County Product Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="501B008E" w14:textId="36F12147" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="339B70AD" w14:textId="723AEABD" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Titanium</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UDL50 Roof Underlayment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3E6A52" w14:textId="77777777" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Weather-shedding synthetic polypropylene barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E81C4F4" w14:textId="4E57FBA3" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 48 in (122 cm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236D6D2E" w14:textId="205D8B09" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="0044510B">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roll Length: 250 ft (76.2m) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71448737" w14:textId="77777777" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="00E51EFA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage Per Roll: 10 roof squares.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B966487" w14:textId="6A161A53" w:rsidR="0044510B" w:rsidRPr="008462A6" w:rsidRDefault="0044510B" w:rsidP="00E51EFA">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Standards/Qualification: </w:t>
+      </w:r>
+      <w:r w:rsidR="006E280A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D8257, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASTM D226, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ASTM E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D" w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Florida Product Approval, and Miami-Dade County Product Approval</w:t>
+      </w:r>
+      <w:r w:rsidR="003B00A7" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FF2FF0B" w14:textId="482F06A9" w:rsidR="006E280A" w:rsidRPr="008462A6" w:rsidRDefault="006E280A" w:rsidP="006E280A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03CD5E03" w14:textId="594C5563" w:rsidR="006E280A" w:rsidRPr="008462A6" w:rsidRDefault="006E280A" w:rsidP="006E280A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Titanium</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> X30 Roof Underlayment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789C4D89" w14:textId="77777777" w:rsidR="006E280A" w:rsidRPr="008462A6" w:rsidRDefault="006E280A" w:rsidP="006E280A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Weather-shedding synthetic polypropylene barrier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5786AB" w14:textId="707D0EEC" w:rsidR="006E280A" w:rsidRPr="008462A6" w:rsidRDefault="006E280A" w:rsidP="006E280A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roll Width: 4</w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...14 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in (</w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>107</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD6185F" w14:textId="317DC2BB" w:rsidR="006E280A" w:rsidRPr="008462A6" w:rsidRDefault="006E280A" w:rsidP="006E280A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roll Length: </w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>143</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ft (</w:t>
+      </w:r>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">43.6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F71F4F0" w14:textId="48C7B67A" w:rsidR="006E280A" w:rsidRPr="008462A6" w:rsidRDefault="006E280A" w:rsidP="006E280A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Coverage Per Roll:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roof squares.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CE81EA" w14:textId="67D5893A" w:rsidR="006E280A" w:rsidRPr="008462A6" w:rsidRDefault="006E280A" w:rsidP="006E280A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualification: ASTM D8257, ASTM D226, ASTM E108/UL 790 (Class A Fire Resistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...75 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidR="0044510B">
-[...14 lines deleted...]
-    <w:p w14:paraId="24353AA5" w14:textId="7CDAC56B" w:rsidR="00085FF5" w:rsidRDefault="00085FF5" w:rsidP="00085FF5">
+      <w:r w:rsidR="0017511D" w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PRI ER 1378E05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Florida Product Approval, and Miami-Dade County Product Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70CE433F" w14:textId="77777777" w:rsidR="003B00A7" w:rsidRPr="008462A6" w:rsidRDefault="003B00A7" w:rsidP="003B00A7">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...1165 lines deleted...]
-    <w:p w14:paraId="4522BB30" w14:textId="77E35AE3" w:rsidR="003B00A7" w:rsidRDefault="003B00A7" w:rsidP="003B00A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4522BB30" w14:textId="77E35AE3" w:rsidR="003B00A7" w:rsidRPr="008462A6" w:rsidRDefault="003B00A7" w:rsidP="003B00A7">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Class A fire resistance limited to use under asphalt shingles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B3ADA27" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+    <w:p w14:paraId="2B3ADA27" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0BCFCB49" w14:textId="77777777" w:rsidR="0088267A" w:rsidRDefault="006A0517" w:rsidP="0088267A">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BCFCB49" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="0088267A">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="576"/>
           <w:tab w:val="num" w:pos="756"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="0088267A" w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>LOW SLOPE</w:t>
       </w:r>
-      <w:r w:rsidR="005560FA">
-        <w:rPr>
+      <w:r w:rsidR="005560FA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> MODIFIED BITUMEN ROOFING SYSTEMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43D7B911" w14:textId="77777777" w:rsidR="002D61D2" w:rsidRPr="00F32BC6" w:rsidRDefault="002D61D2" w:rsidP="00F32BC6">
+    <w:p w14:paraId="43D7B911" w14:textId="77777777" w:rsidR="002D61D2" w:rsidRPr="008462A6" w:rsidRDefault="002D61D2" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6E06382D" w14:textId="45E38BE1" w:rsidR="002D61D2" w:rsidRPr="00F32BC6" w:rsidRDefault="002D61D2" w:rsidP="00F32BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E06382D" w14:textId="45E38BE1" w:rsidR="002D61D2" w:rsidRPr="008462A6" w:rsidRDefault="002D61D2" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>**NOTE TO SPECIFIER** Delete products from the list below that are not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA6017E" w14:textId="77777777" w:rsidR="002D61D2" w:rsidRPr="00F32BC6" w:rsidRDefault="002D61D2" w:rsidP="00F32BC6">
+    <w:p w14:paraId="7FA6017E" w14:textId="77777777" w:rsidR="002D61D2" w:rsidRPr="008462A6" w:rsidRDefault="002D61D2" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATPart"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>**NOTE TO SPECIFIER** Verify with the manufacturer regional product availability.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB65D14" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="3DB65D14" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="181D8C87" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="181D8C87" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1152"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="234"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DeckSeal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Roofing System.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A4DCBA" w14:textId="5A61F5E8" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="40A4DCBA" w14:textId="5A61F5E8" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="234"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">A system comprised of component SBS modified bitumen membranes which, used in combination and according to instructions, creates a waterproof low slope roofing </w:t>
       </w:r>
-      <w:r w:rsidR="002D61D2" w:rsidRPr="00836520">
-[...14 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="002D61D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>system</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB4A291" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="0FB4A291" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="234"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">A Dual Compound Formulation to meet performance needs of different layers: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>top coat</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> compound provides excellent granule adhesion (cap sheet), back coat compound provides aggressive adhesion to the substrate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FCD43BC" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="1FCD43BC" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="234"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Granule free adhesive selvedge on both the sides and end laps (cap sheet).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AC3979" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="20AC3979" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="234"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DeckSeal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005560FA">
-        <w:rPr>
+      <w:r w:rsidR="005560FA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>™</w:t>
       </w:r>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> System is designed for use on ¼:12 to 2:12 roof slopes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2596F3" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="0A2596F3" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="234"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DeckSeal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005560FA">
-        <w:rPr>
+      <w:r w:rsidR="005560FA" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>™</w:t>
       </w:r>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> components include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1CA066" w14:textId="7B23A3FD" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="005560FA" w:rsidP="0088267A">
+    <w:p w14:paraId="5F1CA066" w14:textId="60D71ADC" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="005560FA" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DeckSeal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">™ SBS SA Cap Sheet </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> self-adhered granulated cap sheet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684244C4" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="005560FA" w:rsidP="0088267A">
+    <w:p w14:paraId="684244C4" w14:textId="372E5119" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="005560FA" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DeckSeal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">™ SBS SA Base/Ply Sheet </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>A self-adhered base/ply sheet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5154F9A1" w14:textId="3635767D" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="005560FA" w:rsidP="0088267A">
+    <w:p w14:paraId="5154F9A1" w14:textId="5BA15884" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="005560FA" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DeckSeal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">™ MA </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nailbase</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0088267A" w:rsidRPr="00836520">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0088267A" w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>nailable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0088267A" w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> base sheet - where a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0088267A" w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>nailable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0088267A" w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> base sheet or self-adhered base/play is used as a base layer for the granulated cap sheet for a minimum recommended 2 ply system, and where a self-adhered base/ply can be used </w:t>
       </w:r>
-      <w:r w:rsidR="00B94299">
-        <w:rPr>
+      <w:r w:rsidR="00B94299" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">as </w:t>
       </w:r>
-      <w:r w:rsidR="0088267A" w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a 2</w:t>
       </w:r>
-      <w:r w:rsidR="0088267A" w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
-      <w:r w:rsidR="0088267A" w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidR="0088267A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> layer in a 3-ply system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F97AF1" w14:textId="6A9F34A1" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="43F97AF1" w14:textId="6A9F34A1" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="234"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Attractive colors that compl</w:t>
       </w:r>
-      <w:r w:rsidR="00C542F3">
-        <w:rPr>
+      <w:r w:rsidR="00C542F3" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ment popular shingle offerings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54EE4724" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="54EE4724" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="234"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Roll Dimensions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542C16E1" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="542C16E1" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>32 ft. 10 in. by 39-3/8 in. – Cap sheet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7697AC" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="00836520" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="3A7697AC" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">65 ft. 8 in. by 39-3/8 in. – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nailable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00836520">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> base or self-adhered base</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A2F16FD" w14:textId="6441A037" w:rsidR="00B94299" w:rsidRDefault="0088267A" w:rsidP="00B94299">
+    <w:p w14:paraId="6A2F16FD" w14:textId="6441A037" w:rsidR="00B94299" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="00B94299">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="234"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Standards/Qualifications: </w:t>
       </w:r>
-      <w:r w:rsidR="00B94299" w:rsidRPr="00836520">
-[...21 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00B94299" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>UL 790/ASTM E108 fire resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94299" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00B94299">
-[...42 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00B94299" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>; FM 4474 wind uplift resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94299" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00B94299">
-        <w:rPr>
+      <w:r w:rsidR="00B94299" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>; ASTM D6163 (base/ply</w:t>
       </w:r>
-      <w:r w:rsidR="002D61D2">
-        <w:rPr>
+      <w:r w:rsidR="002D61D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> sheet), ASTM D6164 (cap sheet); Florida Product Approval for use in HVHZ and Non-HVHZ areas; and Miami-Dade Product Approval.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46AE8AAF" w14:textId="031FCC43" w:rsidR="00356FC6" w:rsidRPr="00836520" w:rsidRDefault="00356FC6" w:rsidP="00F32BC6">
+    <w:p w14:paraId="46AE8AAF" w14:textId="031FCC43" w:rsidR="00356FC6" w:rsidRPr="008462A6" w:rsidRDefault="00356FC6" w:rsidP="00F32BC6">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="234"/>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="left" w:pos="2304"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="4608"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6336"/>
           <w:tab w:val="left" w:pos="6912"/>
           <w:tab w:val="left" w:pos="7488"/>
           <w:tab w:val="left" w:pos="8064"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9216"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1728"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2E28BC63" w14:textId="78C1911D" w:rsidR="00B94299" w:rsidRDefault="00356FC6" w:rsidP="00F32BC6">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E28BC63" w14:textId="78C1911D" w:rsidR="00B94299" w:rsidRPr="008462A6" w:rsidRDefault="00356FC6" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="756" w:hanging="126"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F32BC6">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B94299">
-        <w:rPr>
+      <w:r w:rsidR="00B94299" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Class A, B, or C fire resistance based on system used and slope of roof. Consult the UL Online Classification Directory for fire resistance classifications </w:t>
       </w:r>
-      <w:r w:rsidR="00C542F3">
-        <w:rPr>
+      <w:r w:rsidR="00C542F3" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00B94299">
-        <w:rPr>
+      <w:r w:rsidR="00B94299" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> specific systems.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0C3845" w14:textId="50187085" w:rsidR="00D319E5" w:rsidRDefault="00B94299" w:rsidP="00F32BC6">
+    <w:p w14:paraId="4E0C3845" w14:textId="50187085" w:rsidR="00D319E5" w:rsidRPr="008462A6" w:rsidRDefault="00B94299" w:rsidP="00F32BC6">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="756" w:hanging="126"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00356FC6" w:rsidRPr="00F32BC6">
-[...14 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00356FC6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Check local building codes for wind uplift requirements and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00356FC6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DeckSeal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00356FC6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>™ literature for wind uplift resistance information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66903E2F" w14:textId="77777777" w:rsidR="00356FC6" w:rsidRPr="008462A6" w:rsidRDefault="00356FC6" w:rsidP="00F32BC6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45D77F77" w14:textId="75EBC8E1" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00FE044A" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ROOF </w:t>
+      </w:r>
+      <w:r w:rsidR="00280D5C" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>VENTILATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0501C9" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="672275DA" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Delete attic ventilation products from the list below that are not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30101386" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**NOTE TO SPECIFIER** Verify with the manufacturer regional product availability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C9C1A9" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E176343" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>VentSure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00356FC6" w:rsidRPr="00F32BC6">
-[...5 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00356FC6" w:rsidRPr="00F32BC6">
-[...4 lines deleted...]
-        <w:t>DeckSeal</w:t>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>RidgeCat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00356FC6">
-[...21 lines deleted...]
-    <w:p w14:paraId="66903E2F" w14:textId="77777777" w:rsidR="00356FC6" w:rsidRPr="00F32BC6" w:rsidRDefault="00356FC6" w:rsidP="00F32BC6">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">® </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Rolled Ridge Vent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0247C65A" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Shingle-over, low profile ridge vent with nylon entangled-net structure allows the passage of hot and/or moisture-laden air from attics, while prohibiting wind-driven rain.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16912957" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Provides 15 sq in (9677 sq mm) NFVA per lineal foot.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59EB9C63" w14:textId="5322B1C8" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Available in 20 ft (6.1 m) rolls in 11 in (279 mm)</w:t>
+      </w:r>
+      <w:r w:rsidR="00805D60" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> width.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EDB7222" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Suitable on roofs with a pitch from 2:12 to 18:12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B658F9" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: Passes Wind-Driven Rain with 8.8 in (224 mm) of rain/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>hr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at 110 mph (177 km/h), ICC-ES AC132, PRI ER 1378E03, Florida Product Approval, and ASTM E108/UL 790 Class C Fire Resistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057FFB0A" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...27 lines deleted...]
-    <w:p w14:paraId="7741CE3F" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19CE530D" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>VentSure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rigid Roll Ridge Vent with Weather </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PROtector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Moisture Barrier.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B54D7D7" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Shingle-over, low profile ridge vents with Weather </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PROtector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Moisture Barrier allows the passage of hot and/or moisture-laden air from attics, while prohibiting snow infiltration.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E91CD6" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Provides 12.5 sq in (8200 sq mm) NFVA per lineal foot.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A040D65" w14:textId="750B25B6" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Available in 20 ft (6.1 m) rolls in three different widths (regional availability): 7 in (178 mm), 9 in (229 mm), and 11-1/4 in (286 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78829263" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Suitable on roofs with a pitch from 2:12 to 20:12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4436D0BB" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: ICC-ESR 2664, Passes Wind-Driven Rain with 8.8 in (224 mm) of rain/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>hr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at 110 mph (177 km/h), and Snow Infiltration at 35 mph (56 km/h) and 70 mph (112 km/h) Tests, PRI ER 1378E03, Florida Product Approval, Miami-Dade County Product Approval, and ASTM E108/UL 790 Class A/Class C Fire Resistance (Class A Fire Resistance when modified per installation instructions).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F27E03" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...59 lines deleted...]
-    <w:p w14:paraId="1E176343" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="007313AD" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D8F808" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>VentSure</w:t>
       </w:r>
-      <w:r w:rsidRPr="0088267A">
-        <w:rPr>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 ft (1.2 m) Strip Heat and Moisture Ridge Vent, 12 in width </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B01490" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Shingle-over, polypropylene ridge ventilator designed to work with eave/soffit intake ventilation to maximize the flow of cool, fresh air through the roof and attic structure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D5A1174" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="0094633F">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provides 20 sq in (12900 sq mm) NFVA per lineal foot.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635C7F88" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Optional Weather </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007313AD">
-[...18 lines deleted...]
-        <w:t>Cat</w:t>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PROtector</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0088267A">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">® </w:t>
-[...135 lines deleted...]
-        <w:t>/</w:t>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> filter provides added protection against wind-driven rain and snow infiltration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E956FED" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>15 in (381 mm) wide and 1 in (25 mm) high, with a shingle-over width of 12 in (305 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F3CA09" w14:textId="1852AD46" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suitable on roofs with a pitch from 3:12 to </w:t>
+      </w:r>
+      <w:r w:rsidR="00805D60" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6:12. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249AADB0" w14:textId="2D665F97" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: Passes Wind-Driven Rain with 8.8 in (224 mm) of rain/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>hr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007313AD">
-[...543 lines deleted...]
-    <w:p w14:paraId="5D05FA80" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="007313AD" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at 110 mph (177 km/h), PRI ER 1378E03, Florida Product Approval, Miami-Dade County Product Approval, TDI listed for usage in Texas Coastal Regions (RV-47), and ASTM E108/UL 790 Class C Fire Resistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D05FA80" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
       <w:pPr>
         <w:pStyle w:val="ARCATSubPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1728"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4967D7DE" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="007313AD" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4967D7DE" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>VentSure</w:t>
       </w:r>
-      <w:r w:rsidRPr="0088267A">
-        <w:rPr>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 ft (1.2 m) Strip Heat and Moisture Ridge Vent, 8 in (203 mm) and 10 in (254 mm) width.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FD1318C" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="007313AD" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2FD1318C" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Shingle-over, polypropylene ridge ventilator designed to work with eave/soffit intake ventilation to maximize the flow of cool, fresh air through the roof and attic structure.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07668FCB" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="007313AD" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
-[...38 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="07668FCB" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Patented corrugated ridge design and interlocking feature for additional flexibility and strength.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A7209D" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Provides 18 sq in (11600 sq mm) NFVA per lineal foot.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9ACD8D" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="007313AD" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Weather </w:t>
+    <w:p w14:paraId="1A9ACD8D" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Optional Weather </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PROtector</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B160DE">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> filter provides added protection against wind-driven rain and snow infiltration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCC5BA3" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Available in 8 in (203 mm) and 10 in (254 mm) shingle-over widths that are 1 in (25 mm) high and overall product width is 11.43 in (290 mm) and 13.28 in (337 mm), respectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE445A6" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Suitable on roofs with a pitch from 3:12 to 16:12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5950A514" w14:textId="4B6DF1C8" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: Passes Wind-Driven Rain with 8.8 in (224 mm) of rain/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>hr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at 110 mph (177 km/h), PRI ER 1378E03, Florida Product Approval, Miami-Dade County Product Approval, TDI listed for usage in Texas Coastal Regions (RV-47), and ASTM E108/UL 790 Class C Fire Resistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D9DDD1" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="121F3D79" w14:textId="505DC2D4" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>VentSure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...81 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00726DB6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>RidgeProwler</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00726DB6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>™ 30 Rolled Ridge Vent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5385F451" w14:textId="43E80DDF" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Shingle-over, polypropylene </w:t>
+      </w:r>
+      <w:r w:rsidR="00805D60" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and thermoplastic polyolefin </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ridge ventilator designed to work with eave/soffit intake ventilation to maximize the flow of cool, fresh air through the roof and attic structure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FAAB74" w14:textId="21F6FCAC" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Provides 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00805D60" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sq in (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2441A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7097 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>sq mm) NFVA per lineal foot.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F906DCA" w14:textId="548052A1" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Available in 30 ft (9.1 m) rolls in </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2441A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>13.9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in (</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0383" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">353 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mm) width.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D0A065" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Suitable on roofs with a pitch from 2:12 to 16:12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A61D82" w14:textId="59EEDE7A" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: Passes Wind-Driven Rain with 8.8 in (224 mm) of rain/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>hr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> (RV-47</w:t>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at 110 mph (177 km/h), ICC-ES AC132, PRI ER 1378E03, Florida Product Approval, and ASTM E108/UL 790 Class C Fire Resistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C6BD67" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E5CBC3B" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>VentSure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">® </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Metal Slant Back Roof Vent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AE1CE4" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rooftop mounted, slant-back designed, metal exhaust ventilator designed to evacuate hot and/or moisture-laden air from attics.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1097419B" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Each vent provides 51 sq in (32900 sq mm) NFVA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15BC84A5" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Aluminum and galvanized steel available in Weathered Grey, Brown, Black, or Mill Finish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C395D4B" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>16 in (406 mm) by 20 in (508 mm) base, 8 in (203 mm) diameter opening.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBCFEA8" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Suitable on roofs with a pitch up to 12:12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508248F9" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: TDI listed for usage in Texas Coastal Region (RV-20</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...18 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>) ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ASTM E108/UL 790 Class C Fire Resistance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D9DDD1" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="00F32BC6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
-[...479 lines deleted...]
-    <w:p w14:paraId="31365F69" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="007313AD" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+    <w:p w14:paraId="31365F69" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1152"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="403D4C52" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="007313AD" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="403D4C52" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>VentSure</w:t>
       </w:r>
-      <w:r w:rsidRPr="0088267A">
-        <w:rPr>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>InFlow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA5B1FF" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="007313AD" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
-[...24 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0AA5B1FF" w14:textId="3BD9CF0E" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Shingle-over, polypropylene intake vent solution for soffit-less and open-rafter homes, and homes with inadequate intake. Designed to work with exhaust ventilation to help achieve a balanced air ventilation system.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11AA2CB3" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Patent-pending bottom intake design helps protect against wind-driven rain.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4881972F" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="007313AD" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">4 ft (2.4 m) strip provides 10 sq in (6500 sq mm) NFVA per lineal foot, </w:t>
+    <w:p w14:paraId="4881972F" w14:textId="2DE912AB" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4 ft (2.4 m) strip provides 10 sq in (6500 sq mm) NFVA per lineal foot, or 40 sq in (25800 sq mm) NFVA per vent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E91BCD8" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Weather </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PROtector</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Moisture Barrier provides added protection against wind-driven rain and snow infiltration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28066AFC" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roof Mount Unit dimensions: 48 in (1219 mm) length, 15 in (381 mm) width and 1 in (25 mm) height.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19430816" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Suitable for use on roofs with a pitch from 4:12 to 16:12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B99F2DC" w14:textId="77777777" w:rsidR="00EF2EA8" w:rsidRPr="008462A6" w:rsidRDefault="00EF2EA8" w:rsidP="00EF2EA8">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standards/Qualifications: Passes Wind-Driven Rain with 8.8 in (224 mm) of rain/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>hr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at 110 mph (177 km/h); ICC-ES AC132; TDI listed for usage in Texas Coastal Regions (RV-82) and Florida Product Approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15384214" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A4BC4A5" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="006A0517" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00024759" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   FASTENERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C3BD71" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B47672C" w14:textId="617E0801" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Fasteners: Galvanized steel, stainless steel, or aluminum nails complying with ASTM F1667, minimu</w:t>
+      </w:r>
+      <w:r w:rsidR="00352FF5" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m 12-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gauge, 0.0808 in (2.05 mm) shank with 3/8 in (9.5 mm) diameter head. </w:t>
+      </w:r>
+      <w:r w:rsidR="00356FC6" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Check local building code requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4DFBFF" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C9269A" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  METAL FLASHING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DAA7ED" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D6921F7" w14:textId="70169D1E" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Flashing: Provide flashing as specified by Section 07600 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Metal Flashing and Sheet Metal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0548C5BE" w14:textId="2943DACC" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="0017511D" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D6C8AA" w14:textId="0B6A5AE8" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATPart"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>EXECUTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DCF5E6" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44D27815" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   EXAMINATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59559D76" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44869DEB" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Prior to starting work, examine all roof decks on which work will be applied for defects in materials and workmanship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B652958" w14:textId="77777777" w:rsidR="00352FF5" w:rsidRPr="008462A6" w:rsidRDefault="00352FF5" w:rsidP="00352FF5">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72F0012A" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Do not begin installation until the roof deck has been properly prepared.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C698D2F" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="785A37AF" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If another installer is responsible for roof deck preparation, notify the architect, designer-of-record on the project, or building owner of unsatisfactory preparation prior to proceeding with installation.  Commencement of installation constitutes acceptance of conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38173F44" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EE2F5EE" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Underlayment and shingles installed directly over roof insulation or similar type decks is not approved. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1401B0B0" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE401EB" w14:textId="580FDC97" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roof deck must be dry, minimum 3/4 in (19 mm) thick, minimum 6 in (152 mm) wide boards with maximum 1/4 in (6.4 mm) spaces, or APA rated sheathing (exposure 1): minimum 3/8 in (9.5 mm) plywood, minimum 7/16 in (11.1 mm) oriented strand board. Consult your manufacturer for other approved constructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092A4DC5" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ventilation under the roof deck must meet local code requirements. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB3D89E" w14:textId="77777777" w:rsidR="00BB7FDD" w:rsidRPr="008462A6" w:rsidRDefault="00BB7FDD" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7489EADB" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   PREPARATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A03BC02" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C507AA9" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Prepare surfaces using the methods recommended by the manufacturer for achieving the best result for the substrate under the project conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="267E6862" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A7739E9" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Remove all existing roofing down to the roof deck.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF59655" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A9509EE" w14:textId="2187D39D" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Verify that the deck is dry, structurally sound, clean and smooth. It shall be free of any depressions, w</w:t>
+      </w:r>
+      <w:r w:rsidR="00807AC4" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>aves, and projections. Cover ALL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holes 1 in (25 mm) or less in diameter, cracks over 1/2 in (13 mm) in width, loose knots and excessively resinous areas with minimum 28 gauge; 0.0187 in (0.475 mm) galvanized steel, 0.0156 in (0.396 mm) stainless steel, or 0.0126 in (0.320 mm) aluminum sheet metal. Decking or deck boards with holes greater than 1 in (25 mm) in diameter shall be replaced.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AABB24" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADA1916" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Replace damaged deck with new materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0145FE" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E71BC8" w14:textId="738E5F0D" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Verify installed roof deck is acceptable to receive shingles. Acceptable roof decks include the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5821A0E5" w14:textId="72CDE46E" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Wood boards: 6 in (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00807AC4" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>52 mm) minimum width, 3/4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in (19 mm) minimum thickness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2657D8" w14:textId="5FC14B37" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Plywood sheathing: 3/8 in (9.5 mm) minimum thickness Exposure 1 grade plyw</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>od sheathing as recommended by APA an</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>d in compliance with local building code requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6304CD76" w14:textId="156F758B" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>OSB panels: 7/16 in (11.1 mm) minimum thickness non-veneer structural panels as recommended by APA a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nd in compliance with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>local building code requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1C856E" w14:textId="1B9A249C" w:rsidR="00BB7FDD" w:rsidRPr="0017511D" w:rsidRDefault="00024759" w:rsidP="00BB7FDD">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spacing between boards or panels shall not exceed 1/4 in (6.4 mm) between roof boards or 1/8 in (3.2 mm) between plywood or OSB sheathing panels. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6737A453" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CA7FC69" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   UNDERLAYMENT INSTALLATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338B3671" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB44EE9" w14:textId="2A6EE30C" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Install </w:t>
+      </w:r>
+      <w:r w:rsidR="00160D0E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Owens Corning</w:t>
+      </w:r>
+      <w:r w:rsidR="003049B0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1624A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A22B9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>underlayments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A22B9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>using Owens Corning,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE044A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> installation instructions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and in acco</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>rdance with local building code requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. When local codes and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE044A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">installation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">instructions are in conflict, the local </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52291" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">building </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>code requirements shall take precedence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E64D58F" w14:textId="5ACC58ED" w:rsidR="008003B2" w:rsidRPr="008462A6" w:rsidRDefault="00C542F3" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In areas where ice damming is likely to occur, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00024759" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nstall self-adhering ice and water barrier from the eaves edge of roof up the slope not less than 24 in (610 mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00024759" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>measured horizontally,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664433E2" w14:textId="7D047B4C" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00A25F74" w:rsidP="00A25F74">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1728" w:hanging="576"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00024759" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>beyond the interior edge of the exterior wall. Lap ends 6 in (152 mm) on roof decks sloped 5:12 and greater. On roofs with slopes from 2:12 up to 4:12, see application instructions printed on each package.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61874D06" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EA2DCE9" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Drip Edge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6901A88A" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Drip edge shall be installed on all roof edges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FABA46C" w14:textId="3A6BCA8B" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Install drip edge on eaves first with underlayment installed over the drip edge, or per local code requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CFD1D2" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Install drip edge on rakes after underlayment is installed, with the drip edge fastened over the underlayment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB1589B" w14:textId="5B0E8806" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Joints in drip edge shall be lapped minimum 2 in (51 mm) with the upslope piece lapped over the down slope piece</w:t>
+      </w:r>
+      <w:r w:rsidR="002D61D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, or per local building code requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A0FAC4" w14:textId="6C4360DE" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Install fasteners 8 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007313AD">
-[...4 lines deleted...]
-        <w:t>or  40</w:t>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>in to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007313AD">
-[...32 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 in (203 mm to 254 m) on center, approximately 1-3/4 in (44 mm) to 3 in (76 mm) from the outside edge of the drip edge</w:t>
+      </w:r>
+      <w:r w:rsidR="002D61D2" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, or per local building code requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C0FD7B" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47C92E13" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Valleys</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF9794E" w14:textId="2FFB1EF4" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Install self-adhering ice and water barrier at least 36 in (914 mm) wide and centered on the valley. Lap ends 6 in (152 mm) and seal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CAF561C" w14:textId="0CCEE2D7" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where valleys are indicated to be "open valleys", install metal flashing over self-adhering ice and water barrier before roof deck underlayment is installed; DO NOT nail through the flashing.  Secure the flashing by nailing at 18 in (457 mm) on center just beyond edge of flashing so that nail heads hold down the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>edge</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use valley metal with a formed edge and secure with clips.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8779E3" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="015BF447" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Roof Deck</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB6F02E" w14:textId="4FDF325C" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>On roofs with slope greater than 4:12, lap horizontal edges at least 2 inches (51 mm) and at least 2 inches (51 mm) over self-adhering ice and water barrier. Lap ends at least 4 inches (102 m).</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>End laps in succeeding course should be located at least 6 ft (1.8 m) from end laps in the preceding course.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6828EAE1" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On roofs with pitch between 2:12 to less than 4:12, see application instructions printed on each shingle wrapper, or follow local code requirements. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78867A26" w14:textId="0D40161E" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Lap underlayment over valley protection at least 6 inches (152 mm).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A08FBB0" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Penetrations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AC80C1" w14:textId="409BC458" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Vent pipes: Install a 24 in (610 mm) square piece of self-adhering ice and water barrier lapping over roof deck underlayment; seal tightly to pipe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D44294" w14:textId="32C84467" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vertical walls: Install self-adhering ice and water barrier extending at least 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>in to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 in (76 mm to 102 mm) up the wall and 12 in (305 mm) onto the roof surface. Lap the membrane over the roof deck underlayment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13D00060" w14:textId="74AB381B" w:rsidR="00BB7FDD" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00BB7FDD">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Chimneys: Install self-adhering ice and water barrier around entire chimney extending at least 6 in (152 mm) up the wall and 12 in (305 mm) on to the roof surface. Lap the membrane over the roof deck underlayment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DAB203E" w14:textId="77777777" w:rsidR="00BB7FDD" w:rsidRPr="008462A6" w:rsidRDefault="00BB7FDD" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1900BB4D" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   SHINGLE INSTALLATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1E251B" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B825620" w14:textId="6ECE8968" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Install </w:t>
+      </w:r>
+      <w:r w:rsidR="00160D0E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Owens Corning</w:t>
+      </w:r>
+      <w:r w:rsidR="003049B0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...55 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="002A22B9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...79 lines deleted...]
-    <w:p w14:paraId="15384214" w14:textId="77777777" w:rsidR="00280D5C" w:rsidRPr="007313AD" w:rsidRDefault="00280D5C" w:rsidP="006A0517">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shingles </w:t>
+      </w:r>
+      <w:r w:rsidR="002A22B9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(including started shingles </w:t>
+      </w:r>
+      <w:r w:rsidR="00B055E1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>as well as</w:t>
+      </w:r>
+      <w:r w:rsidR="002A22B9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hip and ridge shingles) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>in accordance with Owens Corning</w:t>
+      </w:r>
+      <w:r w:rsidR="002A22B9" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> installation instructions and in accordance with local building code requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6380A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122ED0E3" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="6B47672C" w14:textId="6BEA0951" w:rsidR="00024759" w:rsidRPr="007313AD" w:rsidRDefault="00024759" w:rsidP="00024759">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29103DFA" w14:textId="1B544DC8" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...1370 lines deleted...]
-    <w:p w14:paraId="6F266B6C" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="007313AD" w:rsidRDefault="00024759" w:rsidP="003D65E0">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Install starter course at lowest roof edge and along rake with edge of shingles extending 1/4 in (6.4 mm) over edge of roof. Sealant strip should be closest to roof edge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F266B6C" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="003D65E0">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2FF3F2A4" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="007313AD" w:rsidRDefault="00024759" w:rsidP="00024759">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FF3F2A4" w14:textId="7757162A" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Install first and successive courses of shingles stepping diagonally up and acro</w:t>
       </w:r>
-      <w:r w:rsidR="003D65E0" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="003D65E0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ss roof deck with Owens Corning</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recommended offset at each succeeding course. Maintain uniform exposure of shingles at each succeeding course. Use of a chalk line every other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>course is recommended.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB04057" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="007313AD" w:rsidRDefault="00024759" w:rsidP="00024759">
+    <w:p w14:paraId="3CB04057" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="50A11D60" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="007313AD" w:rsidRDefault="00024759" w:rsidP="00024759">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50A11D60" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fasten shin</w:t>
       </w:r>
-      <w:r w:rsidR="003D65E0" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="003D65E0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>gles to deck with</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> number o</w:t>
       </w:r>
-      <w:r w:rsidR="003D65E0" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="003D65E0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">f roofing nails per shingle and type of nails </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0B04">
-        <w:rPr>
+      <w:r w:rsidR="00FC0B04" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>specified</w:t>
       </w:r>
-      <w:r w:rsidR="003D65E0" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="003D65E0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> by Owens Corning</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, or in accordance </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0B04">
-        <w:rPr>
+      <w:r w:rsidR="00FC0B04" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>specified by local Authority Having Jurisdiction</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF0C890" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="007313AD" w:rsidRDefault="00024759" w:rsidP="00024759">
+    <w:p w14:paraId="4FF0C890" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="634B0A3C" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="007313AD" w:rsidRDefault="00024759" w:rsidP="00024759">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="634B0A3C" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>All fasteners must be driven flush with the shingle surface and penetrate at least 3/4 in (19.1 mm) into the wood deck. Where the deck is less than 3/4 in (19.1 mm) thick, the fastener should be long enough to penetrate fully and extend through the roof sheathing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D49C67" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="007313AD" w:rsidRDefault="00024759" w:rsidP="00024759">
+    <w:p w14:paraId="50D49C67" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0780F7E2" w14:textId="491E0B50" w:rsidR="00024759" w:rsidRDefault="00B055E1" w:rsidP="00024759">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0780F7E2" w14:textId="491E0B50" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00B055E1" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Install</w:t>
       </w:r>
-      <w:r w:rsidR="00024759" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00024759" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Owens Corning </w:t>
       </w:r>
-      <w:r w:rsidR="00482115" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00482115" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>shingles</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00024759" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00024759" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">at valleys, </w:t>
       </w:r>
-      <w:r w:rsidR="00482115" w:rsidRPr="007313AD">
-[...23 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00482115" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>eaves, rakes, hips and ridge</w:t>
+      </w:r>
+      <w:r w:rsidR="00024759" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s in accordance wit</w:t>
       </w:r>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">h Owens Corning </w:t>
       </w:r>
-      <w:r w:rsidR="00FE044A">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00FE044A" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">installation instructions </w:t>
+      </w:r>
+      <w:r w:rsidR="00024759" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and local </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1F1E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">building </w:t>
+      </w:r>
+      <w:r w:rsidR="00024759" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>code requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC4CEF9" w14:textId="77777777" w:rsidR="00D6380A" w:rsidRPr="008462A6" w:rsidRDefault="00D6380A" w:rsidP="00F32BC6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42255F58" w14:textId="0EEE1C2A" w:rsidR="00D6380A" w:rsidRPr="008462A6" w:rsidRDefault="00D6380A" w:rsidP="00D6380A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   LOW SLOPE ROOFING SYSTEM INSTALLATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6E5724" w14:textId="77022D23" w:rsidR="00D6380A" w:rsidRPr="008462A6" w:rsidRDefault="00D6380A" w:rsidP="00F32BC6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65C83159" w14:textId="62694517" w:rsidR="00D6380A" w:rsidRPr="008462A6" w:rsidRDefault="00D6380A" w:rsidP="00D6380A">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Install Owens Corning</w:t>
+      </w:r>
+      <w:r w:rsidR="003049B0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> low slope roofing system in accordance with Owens Corning installation instructions and in accordance with local building code requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B814FF" w14:textId="577D83AF" w:rsidR="00D6380A" w:rsidRPr="008462A6" w:rsidRDefault="00D6380A" w:rsidP="00F32BC6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Owens Corning</w:t>
+      </w:r>
+      <w:r w:rsidR="003049B0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> low slope roofing system should only be installed on roofs with a slope of ¼:12 to 2:12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1406567B" w14:textId="62FA3168" w:rsidR="00D6380A" w:rsidRPr="008462A6" w:rsidRDefault="00D6380A" w:rsidP="00F32BC6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Apply only when the weather is dry and the ambient temperature is 45°F (7°C) and rising. Do not install when water in any form (i.e. rain, dew, ice, frost, snow) exist.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD18DDA" w14:textId="4490B9FD" w:rsidR="00D6380A" w:rsidRPr="008462A6" w:rsidRDefault="00D6380A" w:rsidP="00F32BC6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Apply only over clean, dry, dust-free surfaces</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B113511" w14:textId="52712D96" w:rsidR="00D6380A" w:rsidRPr="008462A6" w:rsidRDefault="00D6380A" w:rsidP="00F32BC6">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure installation of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DeckSeal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>NailBase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> does not prevent or interfere with ventilation of the existing structure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490551DE" w14:textId="77777777" w:rsidR="00BB7FDD" w:rsidRPr="008462A6" w:rsidRDefault="00BB7FDD" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C228CFC" w14:textId="77777777" w:rsidR="002A22B9" w:rsidRPr="008462A6" w:rsidRDefault="002A22B9" w:rsidP="002A22B9">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   VENT INSTALLATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04878980" w14:textId="77777777" w:rsidR="002A22B9" w:rsidRPr="008462A6" w:rsidRDefault="002A22B9" w:rsidP="002A22B9">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EB2A0FB" w14:textId="5C77C0C8" w:rsidR="00FF1F1E" w:rsidRPr="008462A6" w:rsidRDefault="002A22B9" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Install </w:t>
+      </w:r>
+      <w:r w:rsidR="00160D0E" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Owens Corning</w:t>
+      </w:r>
+      <w:r w:rsidR="003049B0" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00B055E1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00024759" w:rsidRPr="007313AD">
-[...21 lines deleted...]
-    <w:p w14:paraId="6BC4CEF9" w14:textId="77777777" w:rsidR="00D6380A" w:rsidRPr="00F32BC6" w:rsidRDefault="00D6380A" w:rsidP="00F32BC6">
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>vents in accordance with Owens Corning installation instructions</w:t>
+      </w:r>
+      <w:r w:rsidR="00B055E1" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and local building code requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D6A0D8" w14:textId="77777777" w:rsidR="000D44AD" w:rsidRPr="008462A6" w:rsidRDefault="000D44AD" w:rsidP="000D44AD">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="42255F58" w14:textId="0EEE1C2A" w:rsidR="00D6380A" w:rsidRDefault="00D6380A" w:rsidP="00D6380A">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15E521EA" w14:textId="77777777" w:rsidR="007313AD" w:rsidRPr="008462A6" w:rsidRDefault="007E1BF0" w:rsidP="007313AD">
+      <w:pPr>
+        <w:pStyle w:val="ARCATParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ventilation</w:t>
+      </w:r>
+      <w:r w:rsidR="007313AD" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at minimum must meet or exceed local building code requirements. Owens Corning recommends:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1252BE44" w14:textId="77777777" w:rsidR="007313AD" w:rsidRPr="008462A6" w:rsidRDefault="007313AD" w:rsidP="007313AD">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Net Free Ventilating Area (NFVA) of 1:150</w:t>
+      </w:r>
+      <w:r w:rsidR="00716797" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B59E949" w14:textId="77777777" w:rsidR="00716797" w:rsidRPr="008462A6" w:rsidRDefault="007313AD" w:rsidP="007313AD">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Balanced approach for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B82456" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">most </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>effective ventilation (balance between the lower and upper parts of the roof by providing 50% of NFVA at the</w:t>
+      </w:r>
+      <w:r w:rsidR="00716797" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> soffit and 50% at the ridge).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135739F0" w14:textId="77777777" w:rsidR="007313AD" w:rsidRPr="008462A6" w:rsidRDefault="00716797" w:rsidP="007313AD">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NFVA at the upper part of the roof should not exceed 50%. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14566A4E" w14:textId="77777777" w:rsidR="007313AD" w:rsidRPr="008462A6" w:rsidRDefault="00E12680" w:rsidP="007313AD">
+      <w:pPr>
+        <w:pStyle w:val="ARCATSubPara"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Where length of the roof ridge is sufficient provide c</w:t>
+      </w:r>
+      <w:r w:rsidR="007313AD" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ontinuous ridge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vents for most effective ventilation approach.</w:t>
+      </w:r>
+      <w:r w:rsidR="007313AD" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2AE7D2" w14:textId="77777777" w:rsidR="00716797" w:rsidRPr="008462A6" w:rsidRDefault="00716797" w:rsidP="007E1BF0">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C0C66B6" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="4D6E5724" w14:textId="77022D23" w:rsidR="00D6380A" w:rsidRDefault="00D6380A" w:rsidP="00F32BC6">
+        <w:t xml:space="preserve">   PROTECTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62CD4508" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATBlank"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="65C83159" w14:textId="5CC46890" w:rsidR="00D6380A" w:rsidRPr="007313AD" w:rsidRDefault="00D6380A" w:rsidP="00D6380A">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77DE39D7" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...46 lines deleted...]
-    <w:p w14:paraId="30B814FF" w14:textId="2EFCD1BC" w:rsidR="00D6380A" w:rsidRDefault="00D6380A" w:rsidP="00F32BC6">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Protect installed products until completion of project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235DE990" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
+      <w:pPr>
+        <w:pStyle w:val="ARCATBlank"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64D607E9" w14:textId="77777777" w:rsidR="00024759" w:rsidRPr="008462A6" w:rsidRDefault="00024759" w:rsidP="00024759">
       <w:pPr>
         <w:pStyle w:val="ARCATParagraph"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...459 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Touch-up, repair or replace damaged products before Substantial Completion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FA643E" w14:textId="77777777" w:rsidR="0088267A" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="01FA643E" w14:textId="77777777" w:rsidR="0088267A" w:rsidRPr="008462A6" w:rsidRDefault="0088267A" w:rsidP="0088267A">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="756" w:hanging="576"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE455E4" w14:textId="77777777" w:rsidR="00451627" w:rsidRDefault="0088267A" w:rsidP="0088267A">
+    <w:p w14:paraId="35A3187F" w14:textId="25963B26" w:rsidR="0017511D" w:rsidRPr="00261786" w:rsidRDefault="0088267A" w:rsidP="00261786">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="756" w:hanging="576"/>
         <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0517" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>END OF SECTION</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0517" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="331E9798" w14:textId="6B101CC4" w:rsidR="0017511D" w:rsidRPr="0017511D" w:rsidRDefault="0017511D" w:rsidP="0017511D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="234"/>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="3BC014F3" w14:textId="77777777" w:rsidR="000844C2" w:rsidRDefault="001A1AF4">
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SureNail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology is not a guarantee of performance in all weather conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37AA81D4" w14:textId="77777777" w:rsidR="0017511D" w:rsidRPr="0017511D" w:rsidRDefault="0017511D" w:rsidP="0017511D">
+      <w:pPr>
+        <w:pStyle w:val="ARCATArticle"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BC014F3" w14:textId="411FF35B" w:rsidR="000844C2" w:rsidRPr="008462A6" w:rsidRDefault="0017511D" w:rsidP="0017511D">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...38 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>For patent information, please visit owenscorning.com/patents.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0517" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="006A0517" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="006A0517" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pub. No. 10021602-A. </w:t>
+      </w:r>
+      <w:r w:rsidR="00885CE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">January </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00885CE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="006A0517" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="006A0517" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>The color PINK</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="006A0517" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="006A0517" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a registered trademark of Owens Corning</w:t>
       </w:r>
-      <w:r w:rsidR="00AA46ED" w:rsidRPr="007313AD">
-        <w:rPr>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA46ED" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F08844" w14:textId="77777777" w:rsidR="000844C2" w:rsidRDefault="009E7858">
+    <w:p w14:paraId="70A8784F" w14:textId="6A0EC511" w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidRDefault="009E7858" w:rsidP="0017511D">
       <w:pPr>
         <w:pStyle w:val="ARCATArticle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="576"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>©</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7CE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00885CE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="006A0517" w:rsidRPr="007313AD">
-[...17 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:r w:rsidR="00A25F74" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0517" w:rsidRPr="008462A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Owens Corning. All Rights Reserved.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00280D5C" w:rsidRPr="008462A6" w:rsidSect="006A0517">
+      <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1296" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5208FE5B" w14:textId="77777777" w:rsidR="005A3A21" w:rsidRDefault="005A3A21">
+    <w:p w14:paraId="1948C41C" w14:textId="77777777" w:rsidR="00F30A5F" w:rsidRDefault="00F30A5F">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74C10599" w14:textId="77777777" w:rsidR="005A3A21" w:rsidRDefault="005A3A21">
+    <w:p w14:paraId="436A0C77" w14:textId="77777777" w:rsidR="00F30A5F" w:rsidRDefault="00F30A5F">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="33D1F4B3" w14:textId="77777777" w:rsidR="005A3A21" w:rsidRDefault="005A3A21">
+    <w:p w14:paraId="301DA569" w14:textId="77777777" w:rsidR="00F30A5F" w:rsidRDefault="00F30A5F">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Roboto">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Oswald SemiBold">
+    <w:panose1 w:val="00000700000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="2000020F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33A94AE4" w14:textId="77777777" w:rsidR="005A3A21" w:rsidRDefault="005A3A21">
+    <w:p w14:paraId="13EDE7C1" w14:textId="77777777" w:rsidR="00F30A5F" w:rsidRDefault="00F30A5F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3499FFBD" w14:textId="77777777" w:rsidR="005A3A21" w:rsidRDefault="005A3A21">
+    <w:p w14:paraId="49D56D28" w14:textId="77777777" w:rsidR="00F30A5F" w:rsidRDefault="00F30A5F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2EB0F9CA" w14:textId="77777777" w:rsidR="008003B2" w:rsidRDefault="008003B2" w:rsidP="006A0517">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2EB0F9CA" w14:textId="77777777" w:rsidR="008003B2" w:rsidRDefault="008003B2" w:rsidP="00B41D85">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:ind w:left="-90"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56DBA8B7" wp14:editId="43E44780">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56DBA8B7" wp14:editId="56A13767">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>1194435</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>2540</wp:posOffset>
+                <wp:posOffset>110036</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4752340" cy="685800"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4752340" cy="685800"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="404850C0" w14:textId="77777777" w:rsidR="008003B2" w:rsidRDefault="008003B2" w:rsidP="006A0517">
+                        <w:p w14:paraId="404850C0" w14:textId="30FE3EA0" w:rsidR="008003B2" w:rsidRPr="00726DB6" w:rsidRDefault="00726DB6" w:rsidP="006A0517">
+                          <w:pPr>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Oswald SemiBold" w:hAnsi="Oswald SemiBold"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="32"/>
+                              <w:szCs w:val="32"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00726DB6">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Oswald SemiBold" w:hAnsi="Oswald SemiBold"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="32"/>
+                              <w:szCs w:val="32"/>
+                            </w:rPr>
+                            <w:t>FIBERGLASS-BASED ASPHALT SHINGLES &amp; ACCESSORIES</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="28A6FACF" w14:textId="376DA49B" w:rsidR="00556C2B" w:rsidRPr="00726DB6" w:rsidRDefault="00556C2B" w:rsidP="006A0517">
+                          <w:pPr>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00726DB6">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Revised </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00261786">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>January</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00726DB6">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00261786">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="6D7D1BEC" w14:textId="77777777" w:rsidR="00556C2B" w:rsidRDefault="00556C2B" w:rsidP="006A0517">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                               <w:b/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
-[...7 lines deleted...]
-                          </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="56DBA8B7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:94.05pt;margin-top:.2pt;width:374.2pt;height:54pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiv4on8wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06ypM2MOEWXIsOA&#10;rhvQ7QNkWbaFyaJGKbGzrx8lp2nQ3orpIIgi9cj3SK1vhs6wg0KvwRZ8NplypqyEStum4L9+7j6s&#10;OPNB2EoYsKrgR+X5zeb9u3XvcjWHFkylkBGI9XnvCt6G4PIs87JVnfATcMqSswbsRCATm6xC0RN6&#10;Z7L5dHqV9YCVQ5DKe7q9G518k/DrWsnwva69CswUnGoLace0l3HPNmuRNyhcq+WpDPGGKjqhLSU9&#10;Q92JINge9SuoTksED3WYSOgyqGstVeJAbGbTF2weW+FU4kLieHeWyf8/WPlweHQ/kIXhMwzUwETC&#10;u3uQvz2zsG2FbdQtIvStEhUlnkXJst75/PQ0Su1zH0HK/htU1GSxD5CAhhq7qArxZIRODTieRVdD&#10;YJIuF9fL+ccFuST5rlbL1TR1JRP502uHPnxR0LF4KDhSUxO6ONz7EKsR+VNITObB6GqnjUkGNuXW&#10;IDsIGoBdWonAizBjY7CF+GxEjDeJZmQ2cgxDOZAz0i2hOhJhhHGg6APQoQX8y1lPw1Rw/2cvUHFm&#10;vloS7dNsERmGZCyW13My8NJTXnqElQRV8MDZeNyGcWL3DnXTUqaxTRZuSehaJw2eqzrVTQOTpDkN&#10;d5zISztFPX/BzT8AAAD//wMAUEsDBBQABgAIAAAAIQC3gh4/3AAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BT4NAEIXvJv6HzZh4MXapUkqRpVETjdfW/oABpkBkZwm7LfTfO57s8c17efO9fDvb&#10;Xp1p9J1jA8tFBIq4cnXHjYHD98djCsoH5Bp7x2TgQh62xe1NjlntJt7ReR8aJSXsMzTQhjBkWvuq&#10;JYt+4QZi8Y5utBhEjo2uR5yk3Pb6KYoSbbFj+dDiQO8tVT/7kzVw/JoeVpup/AyH9S5O3rBbl+5i&#10;zP3d/PoCKtAc/sPwhy/oUAhT6U5ce9WLTtOlRA3EoMTePCcrUKXcozQGXeT6ekDxCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhACK/iifzAQAAygMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALeCHj/cAAAACAEAAA8AAAAAAAAAAAAAAAAATQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:94.05pt;margin-top:8.65pt;width:374.2pt;height:54pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAiv4on8wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06ypM2MOEWXIsOA&#13;&#10;rhvQ7QNkWbaFyaJGKbGzrx8lp2nQ3orpIIgi9cj3SK1vhs6wg0KvwRZ8NplypqyEStum4L9+7j6s&#13;&#10;OPNB2EoYsKrgR+X5zeb9u3XvcjWHFkylkBGI9XnvCt6G4PIs87JVnfATcMqSswbsRCATm6xC0RN6&#13;&#10;Z7L5dHqV9YCVQ5DKe7q9G518k/DrWsnwva69CswUnGoLace0l3HPNmuRNyhcq+WpDPGGKjqhLSU9&#13;&#10;Q92JINge9SuoTksED3WYSOgyqGstVeJAbGbTF2weW+FU4kLieHeWyf8/WPlweHQ/kIXhMwzUwETC&#13;&#10;u3uQvz2zsG2FbdQtIvStEhUlnkXJst75/PQ0Su1zH0HK/htU1GSxD5CAhhq7qArxZIRODTieRVdD&#13;&#10;YJIuF9fL+ccFuST5rlbL1TR1JRP502uHPnxR0LF4KDhSUxO6ONz7EKsR+VNITObB6GqnjUkGNuXW&#13;&#10;IDsIGoBdWonAizBjY7CF+GxEjDeJZmQ2cgxDOZAz0i2hOhJhhHGg6APQoQX8y1lPw1Rw/2cvUHFm&#13;&#10;vloS7dNsERmGZCyW13My8NJTXnqElQRV8MDZeNyGcWL3DnXTUqaxTRZuSehaJw2eqzrVTQOTpDkN&#13;&#10;d5zISztFPX/BzT8AAAD//wMAUEsDBBQABgAIAAAAIQCguMup4gAAAA8BAAAPAAAAZHJzL2Rvd25y&#13;&#10;ZXYueG1sTE/LboNADLxX6j+sHKmXqlkSyiOEJepDrXpNmg9YwAEU1ovYTSB/X/fUXiyPPR7P5LvZ&#13;&#10;9OKKo+ssKVgtAxBIla07ahQcvz+eUhDOa6p1bwkV3NDBrri/y3VW24n2eD34RrAIuUwraL0fMild&#13;&#10;1aLRbmkHJN6d7Gi0Zzg2sh71xOKml+sgiKXRHfGHVg/41mJ1PlyMgtPX9BhtpvLTH5P9c/yqu6S0&#13;&#10;N6UeFvP7lsvLFoTH2f9dwG8G9g8FGyvthWonesZpumIqN0kIggmbMI5AlDxYRyHIIpf/cxQ/AAAA&#13;&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#13;&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#13;&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACK/iifzAQAAygMAAA4AAAAAAAAAAAAAAAAALgIA&#13;&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKC4y6niAAAADwEAAA8AAAAAAAAAAAAAAAAA&#13;&#10;TQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABcBQAAAAA=&#13;&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="404850C0" w14:textId="77777777" w:rsidR="008003B2" w:rsidRDefault="008003B2" w:rsidP="006A0517">
+                  <w:p w14:paraId="404850C0" w14:textId="30FE3EA0" w:rsidR="008003B2" w:rsidRPr="00726DB6" w:rsidRDefault="00726DB6" w:rsidP="006A0517">
+                    <w:pPr>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Oswald SemiBold" w:hAnsi="Oswald SemiBold"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="32"/>
+                        <w:szCs w:val="32"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00726DB6">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Oswald SemiBold" w:hAnsi="Oswald SemiBold"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="32"/>
+                        <w:szCs w:val="32"/>
+                      </w:rPr>
+                      <w:t>FIBERGLASS-BASED ASPHALT SHINGLES &amp; ACCESSORIES</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="28A6FACF" w14:textId="376DA49B" w:rsidR="00556C2B" w:rsidRPr="00726DB6" w:rsidRDefault="00556C2B" w:rsidP="006A0517">
+                    <w:pPr>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00726DB6">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Revised </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00261786">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>January</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00726DB6">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00261786">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>6</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="6D7D1BEC" w14:textId="77777777" w:rsidR="00556C2B" w:rsidRDefault="00556C2B" w:rsidP="006A0517">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                         <w:b/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
-[...7 lines deleted...]
-                    </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2797DD3B" wp14:editId="080EF136">
           <wp:extent cx="5943600" cy="1291757"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:docPr id="4" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
@@ -26105,51 +25756,51 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="566B7C8B" w14:textId="77777777" w:rsidR="008003B2" w:rsidRDefault="008003B2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FCA037C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="0"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="0"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
@@ -27204,53 +26855,53 @@
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ARCATArticle"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="756"/>
         </w:tabs>
         <w:ind w:left="756" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="ARCATParagraph"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1152"/>
+          <w:tab w:val="num" w:pos="1116"/>
         </w:tabs>
-        <w:ind w:left="1152" w:hanging="576"/>
+        <w:ind w:left="1116" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ARCATSubPara"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1728"/>
         </w:tabs>
         <w:ind w:left="1728" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
@@ -28171,57 +27822,104 @@
   </w:num>
   <w:num w:numId="34" w16cid:durableId="294138542">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1796097516">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1867980944">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1044602774">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1849173005">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1479105434">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="2074354033">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="146940713">
     <w:abstractNumId w:val="11"/>
   </w:num>
+  <w:num w:numId="42" w16cid:durableId="535967210">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1489514156">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="325867211">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1402219799">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:linkStyles/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="950"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="78"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
@@ -28247,165 +27945,176 @@
     <w:rsid w:val="00022B80"/>
     <w:rsid w:val="000233E2"/>
     <w:rsid w:val="0002439D"/>
     <w:rsid w:val="00024759"/>
     <w:rsid w:val="000249EF"/>
     <w:rsid w:val="0002598E"/>
     <w:rsid w:val="00026C5B"/>
     <w:rsid w:val="000305C8"/>
     <w:rsid w:val="0003123F"/>
     <w:rsid w:val="00034C7A"/>
     <w:rsid w:val="0003795E"/>
     <w:rsid w:val="000439F7"/>
     <w:rsid w:val="0004560C"/>
     <w:rsid w:val="00045C5C"/>
     <w:rsid w:val="00045C92"/>
     <w:rsid w:val="00052DFB"/>
     <w:rsid w:val="00053BF3"/>
     <w:rsid w:val="00053EC6"/>
     <w:rsid w:val="00060E27"/>
     <w:rsid w:val="00060F50"/>
     <w:rsid w:val="00065AFB"/>
     <w:rsid w:val="00067DBC"/>
     <w:rsid w:val="0007192F"/>
     <w:rsid w:val="000844C2"/>
     <w:rsid w:val="00085FF5"/>
+    <w:rsid w:val="00090314"/>
     <w:rsid w:val="00094A45"/>
     <w:rsid w:val="00096D76"/>
+    <w:rsid w:val="000978E5"/>
     <w:rsid w:val="000A00B8"/>
     <w:rsid w:val="000B25B3"/>
     <w:rsid w:val="000B3457"/>
     <w:rsid w:val="000B68CD"/>
     <w:rsid w:val="000B6B3F"/>
     <w:rsid w:val="000B6D25"/>
     <w:rsid w:val="000C3206"/>
     <w:rsid w:val="000C3EFA"/>
     <w:rsid w:val="000D096A"/>
     <w:rsid w:val="000D12F1"/>
     <w:rsid w:val="000D1EF9"/>
     <w:rsid w:val="000D44AD"/>
     <w:rsid w:val="000D7F2C"/>
     <w:rsid w:val="000E19C8"/>
     <w:rsid w:val="000F371E"/>
     <w:rsid w:val="000F423C"/>
     <w:rsid w:val="000F5C14"/>
     <w:rsid w:val="000F5D9C"/>
+    <w:rsid w:val="000F6D55"/>
     <w:rsid w:val="00100A12"/>
     <w:rsid w:val="001022B3"/>
     <w:rsid w:val="00107A7C"/>
     <w:rsid w:val="001156A4"/>
     <w:rsid w:val="00115D8F"/>
     <w:rsid w:val="00117933"/>
     <w:rsid w:val="00117DD7"/>
     <w:rsid w:val="0012371F"/>
     <w:rsid w:val="001238BE"/>
     <w:rsid w:val="0012522D"/>
     <w:rsid w:val="001305F7"/>
     <w:rsid w:val="001307F8"/>
     <w:rsid w:val="0013197B"/>
     <w:rsid w:val="00135AB4"/>
     <w:rsid w:val="00135C27"/>
+    <w:rsid w:val="001361F0"/>
     <w:rsid w:val="00137D9B"/>
     <w:rsid w:val="00145667"/>
     <w:rsid w:val="001456CF"/>
     <w:rsid w:val="00147A03"/>
     <w:rsid w:val="00150873"/>
     <w:rsid w:val="00152253"/>
     <w:rsid w:val="00155B82"/>
     <w:rsid w:val="00156181"/>
     <w:rsid w:val="0016005C"/>
     <w:rsid w:val="00160D0E"/>
     <w:rsid w:val="001652A0"/>
     <w:rsid w:val="0017009B"/>
+    <w:rsid w:val="0017511D"/>
     <w:rsid w:val="0017594D"/>
+    <w:rsid w:val="001772A5"/>
     <w:rsid w:val="001939FD"/>
+    <w:rsid w:val="00194644"/>
     <w:rsid w:val="001A1089"/>
     <w:rsid w:val="001A1AF4"/>
     <w:rsid w:val="001A55BE"/>
     <w:rsid w:val="001A5777"/>
     <w:rsid w:val="001A6AD3"/>
     <w:rsid w:val="001A6B2D"/>
     <w:rsid w:val="001B4E5D"/>
     <w:rsid w:val="001C0669"/>
     <w:rsid w:val="001C0D70"/>
     <w:rsid w:val="001D27B7"/>
     <w:rsid w:val="001D2BDA"/>
     <w:rsid w:val="001D58D4"/>
     <w:rsid w:val="001E0022"/>
     <w:rsid w:val="001E79CC"/>
     <w:rsid w:val="001F51A1"/>
     <w:rsid w:val="001F52DC"/>
     <w:rsid w:val="001F5579"/>
     <w:rsid w:val="0020395A"/>
     <w:rsid w:val="00203FA6"/>
     <w:rsid w:val="0020494E"/>
     <w:rsid w:val="002110A3"/>
     <w:rsid w:val="00213424"/>
     <w:rsid w:val="00220760"/>
     <w:rsid w:val="00221308"/>
     <w:rsid w:val="0022204F"/>
     <w:rsid w:val="00237CB3"/>
     <w:rsid w:val="002415C7"/>
+    <w:rsid w:val="00243551"/>
     <w:rsid w:val="00245978"/>
     <w:rsid w:val="0024738E"/>
     <w:rsid w:val="00251BB1"/>
     <w:rsid w:val="0025450D"/>
     <w:rsid w:val="002557AD"/>
     <w:rsid w:val="00257F4E"/>
+    <w:rsid w:val="00261786"/>
     <w:rsid w:val="0026228A"/>
     <w:rsid w:val="00266920"/>
     <w:rsid w:val="00267A39"/>
     <w:rsid w:val="0027231A"/>
     <w:rsid w:val="002755A2"/>
     <w:rsid w:val="00276173"/>
     <w:rsid w:val="00276B11"/>
     <w:rsid w:val="00280D5C"/>
     <w:rsid w:val="00281AE9"/>
     <w:rsid w:val="00282442"/>
     <w:rsid w:val="00297E43"/>
     <w:rsid w:val="002A22B9"/>
+    <w:rsid w:val="002A7CE6"/>
     <w:rsid w:val="002B1081"/>
     <w:rsid w:val="002C09A9"/>
     <w:rsid w:val="002C1ED7"/>
     <w:rsid w:val="002C2012"/>
     <w:rsid w:val="002C3887"/>
     <w:rsid w:val="002C7FFB"/>
     <w:rsid w:val="002D06FF"/>
     <w:rsid w:val="002D1863"/>
     <w:rsid w:val="002D3A10"/>
     <w:rsid w:val="002D3FD6"/>
     <w:rsid w:val="002D5F92"/>
     <w:rsid w:val="002D61D2"/>
     <w:rsid w:val="002D6281"/>
     <w:rsid w:val="002E1239"/>
     <w:rsid w:val="002E3B99"/>
     <w:rsid w:val="002E65C8"/>
     <w:rsid w:val="002F2338"/>
     <w:rsid w:val="002F4C6F"/>
     <w:rsid w:val="002F51DB"/>
     <w:rsid w:val="0030258B"/>
     <w:rsid w:val="003028DC"/>
+    <w:rsid w:val="003049B0"/>
     <w:rsid w:val="00312960"/>
     <w:rsid w:val="00315499"/>
     <w:rsid w:val="00315BEE"/>
     <w:rsid w:val="00317A1D"/>
     <w:rsid w:val="00324607"/>
     <w:rsid w:val="00326206"/>
     <w:rsid w:val="0032693F"/>
     <w:rsid w:val="00326CA1"/>
     <w:rsid w:val="0032729A"/>
     <w:rsid w:val="003316B6"/>
     <w:rsid w:val="00332BFF"/>
     <w:rsid w:val="00333316"/>
     <w:rsid w:val="00334401"/>
     <w:rsid w:val="0033543E"/>
     <w:rsid w:val="00335E4C"/>
     <w:rsid w:val="00346569"/>
     <w:rsid w:val="00352B1B"/>
     <w:rsid w:val="00352FF5"/>
     <w:rsid w:val="00356FC6"/>
     <w:rsid w:val="00357937"/>
     <w:rsid w:val="00360295"/>
     <w:rsid w:val="00361317"/>
     <w:rsid w:val="00362ECB"/>
     <w:rsid w:val="00364DB1"/>
     <w:rsid w:val="003650D2"/>
@@ -28418,384 +28127,412 @@
     <w:rsid w:val="0039026D"/>
     <w:rsid w:val="00390CE0"/>
     <w:rsid w:val="003A0A73"/>
     <w:rsid w:val="003A1F4B"/>
     <w:rsid w:val="003A4A3D"/>
     <w:rsid w:val="003A53D7"/>
     <w:rsid w:val="003A5FC9"/>
     <w:rsid w:val="003A7AEF"/>
     <w:rsid w:val="003B00A7"/>
     <w:rsid w:val="003B2469"/>
     <w:rsid w:val="003B7B4F"/>
     <w:rsid w:val="003C12B8"/>
     <w:rsid w:val="003C1666"/>
     <w:rsid w:val="003C742A"/>
     <w:rsid w:val="003D230C"/>
     <w:rsid w:val="003D65E0"/>
     <w:rsid w:val="003D6E61"/>
     <w:rsid w:val="003E129B"/>
     <w:rsid w:val="003E2B02"/>
     <w:rsid w:val="003E311C"/>
     <w:rsid w:val="003E7496"/>
     <w:rsid w:val="003F4F44"/>
     <w:rsid w:val="003F64D8"/>
     <w:rsid w:val="004073DB"/>
     <w:rsid w:val="004103B3"/>
+    <w:rsid w:val="00411FDA"/>
     <w:rsid w:val="004132DA"/>
     <w:rsid w:val="00424553"/>
     <w:rsid w:val="00424A8E"/>
     <w:rsid w:val="00424D2D"/>
     <w:rsid w:val="004272DB"/>
     <w:rsid w:val="00427416"/>
     <w:rsid w:val="00431CC7"/>
     <w:rsid w:val="00433A09"/>
     <w:rsid w:val="004348FE"/>
     <w:rsid w:val="0044510B"/>
     <w:rsid w:val="00451627"/>
     <w:rsid w:val="0045540E"/>
+    <w:rsid w:val="00460729"/>
     <w:rsid w:val="00460ECA"/>
     <w:rsid w:val="00461CB0"/>
+    <w:rsid w:val="00461F50"/>
     <w:rsid w:val="00464C4F"/>
     <w:rsid w:val="00466D7D"/>
     <w:rsid w:val="00470E73"/>
     <w:rsid w:val="00470F53"/>
     <w:rsid w:val="00472277"/>
     <w:rsid w:val="0047353E"/>
     <w:rsid w:val="004758A2"/>
     <w:rsid w:val="00476CC9"/>
     <w:rsid w:val="004771BE"/>
     <w:rsid w:val="00480513"/>
     <w:rsid w:val="00480D4E"/>
     <w:rsid w:val="00482115"/>
     <w:rsid w:val="00484218"/>
     <w:rsid w:val="00491167"/>
     <w:rsid w:val="0049136E"/>
     <w:rsid w:val="00491AAA"/>
     <w:rsid w:val="00492D8C"/>
     <w:rsid w:val="00494163"/>
     <w:rsid w:val="004943A5"/>
     <w:rsid w:val="004A3107"/>
     <w:rsid w:val="004A3763"/>
     <w:rsid w:val="004A37F7"/>
     <w:rsid w:val="004A499C"/>
+    <w:rsid w:val="004B5832"/>
     <w:rsid w:val="004B6AEC"/>
     <w:rsid w:val="004C1BFE"/>
     <w:rsid w:val="004C27C6"/>
     <w:rsid w:val="004C3921"/>
     <w:rsid w:val="004C7F5F"/>
     <w:rsid w:val="004D1AA7"/>
     <w:rsid w:val="004D1EC5"/>
     <w:rsid w:val="004D22EC"/>
     <w:rsid w:val="004D36D6"/>
     <w:rsid w:val="004D59EE"/>
     <w:rsid w:val="004D5BA0"/>
     <w:rsid w:val="004D6241"/>
     <w:rsid w:val="004D75CC"/>
     <w:rsid w:val="004E3DDF"/>
     <w:rsid w:val="004E42CD"/>
     <w:rsid w:val="004E47A6"/>
+    <w:rsid w:val="004E4F63"/>
     <w:rsid w:val="004E5D91"/>
     <w:rsid w:val="004E6864"/>
     <w:rsid w:val="004F40ED"/>
     <w:rsid w:val="004F728F"/>
+    <w:rsid w:val="00500482"/>
     <w:rsid w:val="00500A79"/>
     <w:rsid w:val="005029DB"/>
     <w:rsid w:val="00503024"/>
+    <w:rsid w:val="0050708E"/>
     <w:rsid w:val="00507A51"/>
+    <w:rsid w:val="00511169"/>
     <w:rsid w:val="00511773"/>
     <w:rsid w:val="00522523"/>
     <w:rsid w:val="0052539F"/>
     <w:rsid w:val="0053470F"/>
     <w:rsid w:val="00541E6B"/>
     <w:rsid w:val="00543BB8"/>
     <w:rsid w:val="00545D9D"/>
     <w:rsid w:val="00547D55"/>
     <w:rsid w:val="00550244"/>
     <w:rsid w:val="00552413"/>
     <w:rsid w:val="005560FA"/>
+    <w:rsid w:val="00556C2B"/>
     <w:rsid w:val="0056070D"/>
     <w:rsid w:val="005647BB"/>
     <w:rsid w:val="00567DCF"/>
     <w:rsid w:val="005712EF"/>
     <w:rsid w:val="005727DE"/>
     <w:rsid w:val="00572D47"/>
     <w:rsid w:val="005749C9"/>
     <w:rsid w:val="0058574A"/>
     <w:rsid w:val="00587FE6"/>
     <w:rsid w:val="00591E8D"/>
     <w:rsid w:val="005960C8"/>
     <w:rsid w:val="005A1F77"/>
     <w:rsid w:val="005A2C24"/>
     <w:rsid w:val="005A3A21"/>
     <w:rsid w:val="005B0A6D"/>
     <w:rsid w:val="005B597C"/>
     <w:rsid w:val="005B7F04"/>
     <w:rsid w:val="005C00DF"/>
+    <w:rsid w:val="005C3525"/>
     <w:rsid w:val="005C40C5"/>
     <w:rsid w:val="005C7C61"/>
     <w:rsid w:val="005D2E33"/>
     <w:rsid w:val="005D4AE3"/>
     <w:rsid w:val="005D4C59"/>
     <w:rsid w:val="005D5D14"/>
     <w:rsid w:val="005D6FC8"/>
     <w:rsid w:val="005E0CFB"/>
     <w:rsid w:val="005E14D9"/>
     <w:rsid w:val="005E3495"/>
     <w:rsid w:val="005E594A"/>
     <w:rsid w:val="005F784C"/>
     <w:rsid w:val="00600154"/>
     <w:rsid w:val="006002F7"/>
     <w:rsid w:val="00600750"/>
     <w:rsid w:val="006063B6"/>
     <w:rsid w:val="00606789"/>
     <w:rsid w:val="00616E9D"/>
+    <w:rsid w:val="0062133E"/>
     <w:rsid w:val="00621EB8"/>
     <w:rsid w:val="00622A1D"/>
     <w:rsid w:val="00623BB3"/>
     <w:rsid w:val="00625683"/>
     <w:rsid w:val="00627098"/>
     <w:rsid w:val="006312D5"/>
     <w:rsid w:val="0063217E"/>
     <w:rsid w:val="006323C1"/>
     <w:rsid w:val="00632652"/>
     <w:rsid w:val="00633BC2"/>
+    <w:rsid w:val="006340A9"/>
     <w:rsid w:val="006348F0"/>
     <w:rsid w:val="00637417"/>
     <w:rsid w:val="006413B2"/>
     <w:rsid w:val="00645A14"/>
     <w:rsid w:val="00647FE2"/>
     <w:rsid w:val="00651F23"/>
     <w:rsid w:val="00655537"/>
     <w:rsid w:val="00657971"/>
     <w:rsid w:val="00663320"/>
     <w:rsid w:val="00670D8D"/>
     <w:rsid w:val="00671065"/>
     <w:rsid w:val="006717E7"/>
     <w:rsid w:val="0067221A"/>
     <w:rsid w:val="00672925"/>
     <w:rsid w:val="006753FD"/>
     <w:rsid w:val="00677956"/>
     <w:rsid w:val="00677EAC"/>
     <w:rsid w:val="0068018E"/>
     <w:rsid w:val="00682651"/>
     <w:rsid w:val="00683C10"/>
     <w:rsid w:val="0068667C"/>
     <w:rsid w:val="00687202"/>
     <w:rsid w:val="00694302"/>
     <w:rsid w:val="006A0517"/>
     <w:rsid w:val="006A2206"/>
     <w:rsid w:val="006B12FB"/>
     <w:rsid w:val="006B1C60"/>
     <w:rsid w:val="006B2373"/>
     <w:rsid w:val="006B325B"/>
     <w:rsid w:val="006C0EF1"/>
+    <w:rsid w:val="006C1A95"/>
     <w:rsid w:val="006C2053"/>
+    <w:rsid w:val="006C29E5"/>
     <w:rsid w:val="006C2D29"/>
     <w:rsid w:val="006C591A"/>
     <w:rsid w:val="006D023A"/>
     <w:rsid w:val="006D0958"/>
     <w:rsid w:val="006D1208"/>
     <w:rsid w:val="006D3431"/>
     <w:rsid w:val="006D48CC"/>
     <w:rsid w:val="006D526D"/>
     <w:rsid w:val="006D5B2A"/>
     <w:rsid w:val="006D7583"/>
     <w:rsid w:val="006D7C0F"/>
     <w:rsid w:val="006E128B"/>
     <w:rsid w:val="006E280A"/>
     <w:rsid w:val="006E4DCE"/>
     <w:rsid w:val="006E7CA9"/>
     <w:rsid w:val="006F104B"/>
     <w:rsid w:val="006F45B7"/>
     <w:rsid w:val="006F50E5"/>
     <w:rsid w:val="007037B4"/>
     <w:rsid w:val="00703E41"/>
     <w:rsid w:val="00710103"/>
+    <w:rsid w:val="00712E5C"/>
     <w:rsid w:val="007137FB"/>
     <w:rsid w:val="00716797"/>
     <w:rsid w:val="00721F89"/>
     <w:rsid w:val="00723A21"/>
     <w:rsid w:val="00724BDC"/>
     <w:rsid w:val="00726D33"/>
+    <w:rsid w:val="00726DB6"/>
     <w:rsid w:val="00730104"/>
     <w:rsid w:val="007313AD"/>
     <w:rsid w:val="00731E8C"/>
     <w:rsid w:val="00734BE8"/>
     <w:rsid w:val="00740FF6"/>
     <w:rsid w:val="00745D03"/>
     <w:rsid w:val="00751CAE"/>
     <w:rsid w:val="007544EE"/>
     <w:rsid w:val="00754C9A"/>
     <w:rsid w:val="007618CA"/>
     <w:rsid w:val="00762D07"/>
     <w:rsid w:val="0076406B"/>
     <w:rsid w:val="007651C9"/>
     <w:rsid w:val="0077107D"/>
     <w:rsid w:val="00771B6A"/>
     <w:rsid w:val="00776437"/>
     <w:rsid w:val="00780046"/>
     <w:rsid w:val="00795027"/>
     <w:rsid w:val="007A0C46"/>
     <w:rsid w:val="007A2B7B"/>
     <w:rsid w:val="007A4991"/>
+    <w:rsid w:val="007A5EE6"/>
     <w:rsid w:val="007A66E9"/>
     <w:rsid w:val="007B17D6"/>
     <w:rsid w:val="007B46D8"/>
     <w:rsid w:val="007B7068"/>
     <w:rsid w:val="007B74C3"/>
     <w:rsid w:val="007C1813"/>
     <w:rsid w:val="007C3884"/>
     <w:rsid w:val="007C5D7F"/>
     <w:rsid w:val="007D0CE3"/>
     <w:rsid w:val="007D117A"/>
     <w:rsid w:val="007D2585"/>
     <w:rsid w:val="007D4145"/>
     <w:rsid w:val="007D450B"/>
     <w:rsid w:val="007D511D"/>
     <w:rsid w:val="007E1BF0"/>
     <w:rsid w:val="007E3350"/>
     <w:rsid w:val="007E3DDA"/>
     <w:rsid w:val="007E4B17"/>
     <w:rsid w:val="007F0B82"/>
     <w:rsid w:val="007F2CA4"/>
+    <w:rsid w:val="007F49B8"/>
     <w:rsid w:val="0080039A"/>
     <w:rsid w:val="008003B2"/>
     <w:rsid w:val="00803118"/>
     <w:rsid w:val="00804F06"/>
+    <w:rsid w:val="00805D60"/>
     <w:rsid w:val="008062BF"/>
     <w:rsid w:val="00806C4D"/>
     <w:rsid w:val="00807316"/>
     <w:rsid w:val="00807AC4"/>
     <w:rsid w:val="00811CA8"/>
     <w:rsid w:val="00812523"/>
     <w:rsid w:val="00812F79"/>
     <w:rsid w:val="00813D79"/>
     <w:rsid w:val="00816F88"/>
     <w:rsid w:val="00831A3B"/>
     <w:rsid w:val="008324D1"/>
     <w:rsid w:val="00832872"/>
     <w:rsid w:val="00832936"/>
     <w:rsid w:val="0083535B"/>
     <w:rsid w:val="008410C3"/>
     <w:rsid w:val="008423BB"/>
+    <w:rsid w:val="008431FD"/>
     <w:rsid w:val="00845990"/>
+    <w:rsid w:val="008462A6"/>
     <w:rsid w:val="00851D28"/>
     <w:rsid w:val="00853750"/>
     <w:rsid w:val="0085490D"/>
     <w:rsid w:val="008550DD"/>
     <w:rsid w:val="00856E7A"/>
     <w:rsid w:val="00857F4C"/>
+    <w:rsid w:val="00871355"/>
     <w:rsid w:val="00872BE9"/>
     <w:rsid w:val="008758EA"/>
     <w:rsid w:val="00875901"/>
     <w:rsid w:val="00877501"/>
     <w:rsid w:val="0088267A"/>
     <w:rsid w:val="008833C1"/>
     <w:rsid w:val="00884852"/>
+    <w:rsid w:val="00885CE5"/>
     <w:rsid w:val="00893D0F"/>
     <w:rsid w:val="00894052"/>
     <w:rsid w:val="00894C4D"/>
     <w:rsid w:val="008A6ACD"/>
+    <w:rsid w:val="008A711F"/>
     <w:rsid w:val="008B6CDC"/>
     <w:rsid w:val="008B701E"/>
     <w:rsid w:val="008B7FBF"/>
     <w:rsid w:val="008C07B3"/>
     <w:rsid w:val="008C6548"/>
     <w:rsid w:val="008C6629"/>
     <w:rsid w:val="008C747F"/>
     <w:rsid w:val="008D07F6"/>
     <w:rsid w:val="008D0903"/>
     <w:rsid w:val="008D0C4B"/>
     <w:rsid w:val="008D12AC"/>
     <w:rsid w:val="008D478C"/>
     <w:rsid w:val="008E05B2"/>
     <w:rsid w:val="008E7763"/>
     <w:rsid w:val="008F0713"/>
     <w:rsid w:val="008F0A01"/>
+    <w:rsid w:val="008F137B"/>
     <w:rsid w:val="008F1A50"/>
     <w:rsid w:val="008F1FCC"/>
     <w:rsid w:val="008F2B07"/>
     <w:rsid w:val="008F4DCF"/>
     <w:rsid w:val="008F78BC"/>
     <w:rsid w:val="0090105C"/>
     <w:rsid w:val="00903E3E"/>
     <w:rsid w:val="00905B1C"/>
     <w:rsid w:val="00905CA1"/>
     <w:rsid w:val="00915911"/>
     <w:rsid w:val="0092361F"/>
     <w:rsid w:val="00924F2E"/>
     <w:rsid w:val="00925A89"/>
+    <w:rsid w:val="00926B3E"/>
     <w:rsid w:val="00931FF2"/>
     <w:rsid w:val="00936BC5"/>
     <w:rsid w:val="00936D46"/>
     <w:rsid w:val="0094031E"/>
     <w:rsid w:val="00941D26"/>
     <w:rsid w:val="00942611"/>
     <w:rsid w:val="00942813"/>
     <w:rsid w:val="00946FCA"/>
     <w:rsid w:val="00947142"/>
     <w:rsid w:val="00947E5E"/>
     <w:rsid w:val="0095413E"/>
     <w:rsid w:val="0095466E"/>
     <w:rsid w:val="00957273"/>
     <w:rsid w:val="00957E9E"/>
     <w:rsid w:val="0096065A"/>
     <w:rsid w:val="00963DC0"/>
     <w:rsid w:val="0096621A"/>
     <w:rsid w:val="009665B2"/>
     <w:rsid w:val="0096783F"/>
     <w:rsid w:val="009718BF"/>
     <w:rsid w:val="00977F04"/>
     <w:rsid w:val="00981402"/>
     <w:rsid w:val="00991635"/>
     <w:rsid w:val="00991B4A"/>
     <w:rsid w:val="00992697"/>
     <w:rsid w:val="00992B54"/>
     <w:rsid w:val="00994438"/>
     <w:rsid w:val="00994BF2"/>
     <w:rsid w:val="00994C63"/>
     <w:rsid w:val="00995867"/>
     <w:rsid w:val="009965A5"/>
     <w:rsid w:val="009A058D"/>
     <w:rsid w:val="009A4FBF"/>
     <w:rsid w:val="009A64DD"/>
     <w:rsid w:val="009A731E"/>
     <w:rsid w:val="009B12A1"/>
     <w:rsid w:val="009B3D52"/>
+    <w:rsid w:val="009D4307"/>
     <w:rsid w:val="009D596E"/>
     <w:rsid w:val="009D71D6"/>
     <w:rsid w:val="009E1146"/>
     <w:rsid w:val="009E49AB"/>
     <w:rsid w:val="009E59EA"/>
     <w:rsid w:val="009E6AAF"/>
     <w:rsid w:val="009E7858"/>
     <w:rsid w:val="009F4B46"/>
     <w:rsid w:val="00A031AC"/>
     <w:rsid w:val="00A05E64"/>
     <w:rsid w:val="00A07855"/>
     <w:rsid w:val="00A17725"/>
     <w:rsid w:val="00A23965"/>
+    <w:rsid w:val="00A25F74"/>
     <w:rsid w:val="00A32B86"/>
     <w:rsid w:val="00A348B5"/>
     <w:rsid w:val="00A36AD8"/>
     <w:rsid w:val="00A37953"/>
     <w:rsid w:val="00A37FDE"/>
     <w:rsid w:val="00A5070C"/>
     <w:rsid w:val="00A516FD"/>
     <w:rsid w:val="00A5171F"/>
     <w:rsid w:val="00A55E08"/>
     <w:rsid w:val="00A61BC1"/>
     <w:rsid w:val="00A65E5E"/>
     <w:rsid w:val="00A706D0"/>
     <w:rsid w:val="00A757C1"/>
     <w:rsid w:val="00A8730B"/>
     <w:rsid w:val="00A90D27"/>
     <w:rsid w:val="00A9250C"/>
     <w:rsid w:val="00A94946"/>
     <w:rsid w:val="00AA00EF"/>
     <w:rsid w:val="00AA0FC5"/>
     <w:rsid w:val="00AA46ED"/>
     <w:rsid w:val="00AA48EE"/>
     <w:rsid w:val="00AA72BC"/>
     <w:rsid w:val="00AB2562"/>
     <w:rsid w:val="00AB46D6"/>
     <w:rsid w:val="00AC03D3"/>
@@ -28814,330 +28551,347 @@
     <w:rsid w:val="00AE7F34"/>
     <w:rsid w:val="00AF1F56"/>
     <w:rsid w:val="00AF34AA"/>
     <w:rsid w:val="00AF4414"/>
     <w:rsid w:val="00AF5882"/>
     <w:rsid w:val="00AF7761"/>
     <w:rsid w:val="00B014BF"/>
     <w:rsid w:val="00B0257E"/>
     <w:rsid w:val="00B04284"/>
     <w:rsid w:val="00B054A6"/>
     <w:rsid w:val="00B055E1"/>
     <w:rsid w:val="00B11C0B"/>
     <w:rsid w:val="00B1287C"/>
     <w:rsid w:val="00B131C1"/>
     <w:rsid w:val="00B1624A"/>
     <w:rsid w:val="00B17E3D"/>
     <w:rsid w:val="00B238A3"/>
     <w:rsid w:val="00B266A4"/>
     <w:rsid w:val="00B26767"/>
     <w:rsid w:val="00B30646"/>
     <w:rsid w:val="00B306A4"/>
     <w:rsid w:val="00B32BE6"/>
     <w:rsid w:val="00B359F8"/>
     <w:rsid w:val="00B3616E"/>
     <w:rsid w:val="00B40AB1"/>
+    <w:rsid w:val="00B41D85"/>
     <w:rsid w:val="00B4399D"/>
     <w:rsid w:val="00B460D2"/>
     <w:rsid w:val="00B46F44"/>
     <w:rsid w:val="00B472F5"/>
     <w:rsid w:val="00B5011C"/>
     <w:rsid w:val="00B546C9"/>
     <w:rsid w:val="00B559EF"/>
     <w:rsid w:val="00B602C3"/>
     <w:rsid w:val="00B71B00"/>
+    <w:rsid w:val="00B71E26"/>
     <w:rsid w:val="00B767EF"/>
     <w:rsid w:val="00B773EB"/>
     <w:rsid w:val="00B81CC5"/>
     <w:rsid w:val="00B82456"/>
     <w:rsid w:val="00B83BC3"/>
     <w:rsid w:val="00B84AEC"/>
     <w:rsid w:val="00B87D71"/>
     <w:rsid w:val="00B904CA"/>
     <w:rsid w:val="00B90558"/>
     <w:rsid w:val="00B91807"/>
     <w:rsid w:val="00B91FF2"/>
     <w:rsid w:val="00B9274B"/>
     <w:rsid w:val="00B9297C"/>
     <w:rsid w:val="00B94299"/>
     <w:rsid w:val="00B96E38"/>
     <w:rsid w:val="00BA0703"/>
     <w:rsid w:val="00BA4D7A"/>
     <w:rsid w:val="00BA5124"/>
     <w:rsid w:val="00BA51C0"/>
     <w:rsid w:val="00BA51D5"/>
     <w:rsid w:val="00BA6088"/>
     <w:rsid w:val="00BB3285"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BB6E24"/>
     <w:rsid w:val="00BB7FDD"/>
     <w:rsid w:val="00BC2D4D"/>
     <w:rsid w:val="00BC7525"/>
     <w:rsid w:val="00BD10D3"/>
     <w:rsid w:val="00BD21F1"/>
     <w:rsid w:val="00BD52A3"/>
     <w:rsid w:val="00BD6A49"/>
     <w:rsid w:val="00BD7738"/>
     <w:rsid w:val="00BD7E96"/>
     <w:rsid w:val="00BE0FFA"/>
+    <w:rsid w:val="00BE49B1"/>
     <w:rsid w:val="00C132D2"/>
     <w:rsid w:val="00C13978"/>
     <w:rsid w:val="00C13BBF"/>
     <w:rsid w:val="00C17BA4"/>
     <w:rsid w:val="00C228F5"/>
     <w:rsid w:val="00C3237E"/>
     <w:rsid w:val="00C33132"/>
     <w:rsid w:val="00C36933"/>
     <w:rsid w:val="00C4132E"/>
+    <w:rsid w:val="00C4249C"/>
     <w:rsid w:val="00C435D8"/>
     <w:rsid w:val="00C444AF"/>
     <w:rsid w:val="00C44F1E"/>
     <w:rsid w:val="00C4648F"/>
     <w:rsid w:val="00C464EF"/>
     <w:rsid w:val="00C542F3"/>
     <w:rsid w:val="00C562B0"/>
     <w:rsid w:val="00C64459"/>
     <w:rsid w:val="00C64A6D"/>
+    <w:rsid w:val="00C64D9B"/>
     <w:rsid w:val="00C6586C"/>
     <w:rsid w:val="00C661EC"/>
     <w:rsid w:val="00C71471"/>
     <w:rsid w:val="00C72B6F"/>
     <w:rsid w:val="00C73FA2"/>
     <w:rsid w:val="00C74DB9"/>
     <w:rsid w:val="00C778D5"/>
     <w:rsid w:val="00C779E2"/>
     <w:rsid w:val="00C80311"/>
     <w:rsid w:val="00C8561B"/>
     <w:rsid w:val="00C86C80"/>
     <w:rsid w:val="00C93A7B"/>
     <w:rsid w:val="00C97BD9"/>
     <w:rsid w:val="00CA18DA"/>
     <w:rsid w:val="00CA1A7A"/>
     <w:rsid w:val="00CA2CD4"/>
     <w:rsid w:val="00CA3755"/>
     <w:rsid w:val="00CB1C35"/>
     <w:rsid w:val="00CB46D5"/>
     <w:rsid w:val="00CC03A7"/>
     <w:rsid w:val="00CC091D"/>
     <w:rsid w:val="00CC5DBF"/>
     <w:rsid w:val="00CD1A4D"/>
     <w:rsid w:val="00CD7349"/>
     <w:rsid w:val="00CE4C02"/>
     <w:rsid w:val="00CE7D9A"/>
     <w:rsid w:val="00CF3F1B"/>
     <w:rsid w:val="00CF50BF"/>
     <w:rsid w:val="00D003EC"/>
     <w:rsid w:val="00D01653"/>
     <w:rsid w:val="00D06478"/>
     <w:rsid w:val="00D16EC7"/>
     <w:rsid w:val="00D234E6"/>
+    <w:rsid w:val="00D247DD"/>
     <w:rsid w:val="00D25280"/>
     <w:rsid w:val="00D319E5"/>
     <w:rsid w:val="00D4035B"/>
     <w:rsid w:val="00D40F9E"/>
     <w:rsid w:val="00D41F5D"/>
+    <w:rsid w:val="00D45144"/>
     <w:rsid w:val="00D5019E"/>
     <w:rsid w:val="00D54C85"/>
     <w:rsid w:val="00D57B33"/>
     <w:rsid w:val="00D6380A"/>
     <w:rsid w:val="00D660FE"/>
     <w:rsid w:val="00D677C9"/>
     <w:rsid w:val="00D716F5"/>
     <w:rsid w:val="00D74204"/>
     <w:rsid w:val="00D75145"/>
     <w:rsid w:val="00D76A54"/>
     <w:rsid w:val="00D77DB5"/>
     <w:rsid w:val="00D813B3"/>
     <w:rsid w:val="00D8646D"/>
     <w:rsid w:val="00D86CA4"/>
     <w:rsid w:val="00D8766E"/>
+    <w:rsid w:val="00D90AB1"/>
     <w:rsid w:val="00D913F3"/>
     <w:rsid w:val="00D9154F"/>
     <w:rsid w:val="00D91A69"/>
     <w:rsid w:val="00D9282A"/>
     <w:rsid w:val="00D964C1"/>
     <w:rsid w:val="00DA0890"/>
     <w:rsid w:val="00DA4C27"/>
     <w:rsid w:val="00DA645A"/>
     <w:rsid w:val="00DB0625"/>
     <w:rsid w:val="00DB1CDB"/>
     <w:rsid w:val="00DB29FB"/>
     <w:rsid w:val="00DB3F16"/>
     <w:rsid w:val="00DB433A"/>
     <w:rsid w:val="00DB6241"/>
     <w:rsid w:val="00DC4336"/>
     <w:rsid w:val="00DC7427"/>
     <w:rsid w:val="00DE0202"/>
     <w:rsid w:val="00DE0772"/>
     <w:rsid w:val="00DE1C8E"/>
     <w:rsid w:val="00DE26D6"/>
     <w:rsid w:val="00DE4D79"/>
+    <w:rsid w:val="00DE7A75"/>
     <w:rsid w:val="00DF1632"/>
     <w:rsid w:val="00DF1DEB"/>
     <w:rsid w:val="00DF2153"/>
     <w:rsid w:val="00DF7B9A"/>
     <w:rsid w:val="00DF7C2F"/>
     <w:rsid w:val="00E00A87"/>
     <w:rsid w:val="00E04A0E"/>
     <w:rsid w:val="00E06962"/>
     <w:rsid w:val="00E10FFD"/>
     <w:rsid w:val="00E12680"/>
     <w:rsid w:val="00E130A5"/>
+    <w:rsid w:val="00E2441A"/>
     <w:rsid w:val="00E26CF9"/>
     <w:rsid w:val="00E27990"/>
     <w:rsid w:val="00E27CE4"/>
     <w:rsid w:val="00E31C3C"/>
     <w:rsid w:val="00E3325C"/>
     <w:rsid w:val="00E35E45"/>
+    <w:rsid w:val="00E42598"/>
     <w:rsid w:val="00E43E16"/>
     <w:rsid w:val="00E43EB8"/>
     <w:rsid w:val="00E4596C"/>
     <w:rsid w:val="00E4718B"/>
+    <w:rsid w:val="00E47670"/>
     <w:rsid w:val="00E51C5C"/>
     <w:rsid w:val="00E51EFA"/>
     <w:rsid w:val="00E52291"/>
     <w:rsid w:val="00E5486E"/>
     <w:rsid w:val="00E605C1"/>
     <w:rsid w:val="00E61217"/>
     <w:rsid w:val="00E6510E"/>
     <w:rsid w:val="00E653BD"/>
     <w:rsid w:val="00E676D8"/>
     <w:rsid w:val="00E70447"/>
     <w:rsid w:val="00E71548"/>
     <w:rsid w:val="00E76E46"/>
     <w:rsid w:val="00E81C23"/>
     <w:rsid w:val="00E84266"/>
     <w:rsid w:val="00E84702"/>
     <w:rsid w:val="00E86294"/>
     <w:rsid w:val="00E866D6"/>
     <w:rsid w:val="00E87596"/>
     <w:rsid w:val="00E87FFC"/>
     <w:rsid w:val="00E90993"/>
     <w:rsid w:val="00E912F2"/>
     <w:rsid w:val="00E94319"/>
     <w:rsid w:val="00E9589A"/>
     <w:rsid w:val="00EA7977"/>
     <w:rsid w:val="00EB587C"/>
     <w:rsid w:val="00EC55BB"/>
     <w:rsid w:val="00ED0E01"/>
     <w:rsid w:val="00ED576B"/>
+    <w:rsid w:val="00EE0383"/>
     <w:rsid w:val="00EE1321"/>
+    <w:rsid w:val="00EE25D7"/>
     <w:rsid w:val="00EE296E"/>
     <w:rsid w:val="00EE652E"/>
     <w:rsid w:val="00EF0D9B"/>
     <w:rsid w:val="00EF2EA8"/>
     <w:rsid w:val="00EF3493"/>
     <w:rsid w:val="00F00301"/>
     <w:rsid w:val="00F026CD"/>
     <w:rsid w:val="00F04120"/>
     <w:rsid w:val="00F07555"/>
     <w:rsid w:val="00F223A3"/>
     <w:rsid w:val="00F2251F"/>
     <w:rsid w:val="00F27795"/>
     <w:rsid w:val="00F2792F"/>
+    <w:rsid w:val="00F30A5F"/>
     <w:rsid w:val="00F32BC6"/>
     <w:rsid w:val="00F334D9"/>
     <w:rsid w:val="00F352FA"/>
     <w:rsid w:val="00F37CE3"/>
     <w:rsid w:val="00F418CC"/>
     <w:rsid w:val="00F456AE"/>
     <w:rsid w:val="00F456FC"/>
     <w:rsid w:val="00F45FE0"/>
     <w:rsid w:val="00F46517"/>
     <w:rsid w:val="00F4672A"/>
     <w:rsid w:val="00F47731"/>
     <w:rsid w:val="00F50FAA"/>
     <w:rsid w:val="00F524A6"/>
     <w:rsid w:val="00F53AB4"/>
     <w:rsid w:val="00F57D63"/>
     <w:rsid w:val="00F608E9"/>
     <w:rsid w:val="00F63A53"/>
     <w:rsid w:val="00F65E2D"/>
     <w:rsid w:val="00F66E44"/>
     <w:rsid w:val="00F66F82"/>
     <w:rsid w:val="00F674AF"/>
     <w:rsid w:val="00F67B93"/>
     <w:rsid w:val="00F74465"/>
+    <w:rsid w:val="00F75B10"/>
     <w:rsid w:val="00F81F5C"/>
     <w:rsid w:val="00F86766"/>
     <w:rsid w:val="00F877C3"/>
     <w:rsid w:val="00F93A87"/>
     <w:rsid w:val="00F95648"/>
     <w:rsid w:val="00F95A1C"/>
     <w:rsid w:val="00F95AAD"/>
     <w:rsid w:val="00F9615B"/>
     <w:rsid w:val="00F96C94"/>
     <w:rsid w:val="00FA6291"/>
     <w:rsid w:val="00FB63D3"/>
     <w:rsid w:val="00FB7694"/>
     <w:rsid w:val="00FC0B04"/>
     <w:rsid w:val="00FC3174"/>
     <w:rsid w:val="00FC6716"/>
     <w:rsid w:val="00FD0288"/>
     <w:rsid w:val="00FD033A"/>
     <w:rsid w:val="00FD045A"/>
     <w:rsid w:val="00FD5F61"/>
     <w:rsid w:val="00FE0374"/>
     <w:rsid w:val="00FE044A"/>
     <w:rsid w:val="00FE0F6B"/>
+    <w:rsid w:val="00FE6479"/>
     <w:rsid w:val="00FF1404"/>
     <w:rsid w:val="00FF1F1E"/>
     <w:rsid w:val="00FF4925"/>
     <w:rsid w:val="00FF5817"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C437020"/>
   <w15:docId w15:val="{74677B23-C132-4F9A-803B-1D55D86DC524}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -29996,104 +29750,118 @@
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="000B6B3F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:rsid w:val="00C8561B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00556C2B"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="185217711">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="680935672">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="987200232">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.owenscorning.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.owenscorning.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\FreyJ\AppData\Local\Microsoft\Windows\Temporary%20Internet%20Files\ARCATMasterR2.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -30364,54 +30132,162 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Stage xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">Final</Stage>
+    <PublishOrNot xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">true</PublishOrNot>
+    <DocumentType xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">Primary</DocumentType>
+    <ThumbnailURL xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Url>http://whqv8501/DMS Project Thumbnails/Thumbnail_10021602.png</Url>
+      <Description>http://whqv8501/DMS Project Thumbnails/Thumbnail_10021602.png</Description>
+    </ThumbnailURL>
+    <TaxCatchAll xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Value>1869</Value>
+      <Value>757</Value>
+      <Value>746</Value>
+      <Value>2085</Value>
+      <Value>3677</Value>
+      <Value>1576</Value>
+      <Value>992</Value>
+    </TaxCatchAll>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <View_x0020_Comments xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </View_x0020_Comments>
+    <ProjectStatus xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">Published</ProjectStatus>
+    <KITRefPubId xmlns="338b9ae2-514f-4731-aebb-b673b578e8e0" xsi:nil="true"/>
+    <DocumentStage xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">Final</DocumentStage>
+    <Project_x0020_URL xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Project_x0020_URL>
+    <AudiencesTaxHTField0 xmlns="338b9ae2-514f-4731-aebb-b673b578e8e0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </AudiencesTaxHTField0>
+    <CurrentProjectUrl xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Url>http://whqv8501/BMGMarketing/My Projects/Fiberglass-Based Asphalt Shingles and Accessories Guide Specifications</Url>
+      <Description>http://whqv8501/BMGMarketing/My Projects/Fiberglass-Based Asphalt Shingles and Accessories Guide Specifications</Description>
+    </CurrentProjectUrl>
+    <KITSubPubId xmlns="338b9ae2-514f-4731-aebb-b673b578e8e0" xsi:nil="true"/>
+    <Extension xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">docx</Extension>
+    <DocProjectStatus xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a" xsi:nil="true"/>
+    <Target_x0020_Audiences xmlns="338b9ae2-514f-4731-aebb-b673b578e8e0" xsi:nil="true"/>
+    <PubId xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">10021602</PubId>
+    <_dlc_DocId xmlns="bf16e001-6e0a-41f6-b7fc-f0cc296fee81">973afc08-26fa-472a-a4e9-a9547071c295</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="bf16e001-6e0a-41f6-b7fc-f0cc296fee81">
+      <Url>http://whqv8501/BMGMarketing/_layouts/DocIdRedir.aspx?ID=973afc08-26fa-472a-a4e9-a9547071c295</Url>
+      <Description>973afc08-26fa-472a-a4e9-a9547071c295</Description>
+    </_dlc_DocIdUrl>
+    <DocumentCategoryTaxHTField0 xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Product Literature</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">2327169f-8c97-4557-baec-8280343081b0</TermId>
+        </TermInfo>
+      </Terms>
+    </DocumentCategoryTaxHTField0>
+    <DMSKeywordsTaxHTField0 xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">fiberglas</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">acc15912-5681-4037-a85c-5b0fc7bbece7</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">shingle</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">be7418cf-91d2-4037-a7eb-c1a641a6c7c2</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">asphalt</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">3337015c-1129-43f0-a526-5ea911cdab72</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">accessories</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ce0846c1-e5c1-4324-8a1b-88d98be11c04</TermId>
+        </TermInfo>
+      </Terms>
+    </DMSKeywordsTaxHTField0>
+    <Business1TaxHTField1 xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Roofing ＆ Asphalt</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">65412302-7f94-4530-8e79-1391d4504579</TermId>
+        </TermInfo>
+      </Terms>
+    </Business1TaxHTField1>
+    <ProjectName xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a" xsi:nil="true"/>
+    <DocumentSetDescription xmlns="http://schemas.microsoft.com/sharepoint/v3">Fiberglass-Based Asphalt Shingles and Accessories Guide Specifications</DocumentSetDescription>
+    <PublishableLocations xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Value>2</Value>
+    </PublishableLocations>
+    <Publish_x0020_Date xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a" xsi:nil="true"/>
+    <ProjectLanguageTaxHTField0 xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </ProjectLanguageTaxHTField0>
+    <ProgramTaxHTField0 xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </ProgramTaxHTField0>
+    <Product_x0020_LineTaxHTField0 xmlns="c113be2e-d717-4248-9c80-2a0db45c5d3a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Roofing Shingles</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">6208e227-e86e-4f28-92b0-0a6e688b4680</TermId>
+        </TermInfo>
+      </Terms>
+    </Product_x0020_LineTaxHTField0>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="BMGMarketingDMSDocument" ma:contentTypeID="0x01010038F8605499FF7944A85BB33A99481E9300DEF8CB2B3DE480459201DB24092CFAED" ma:contentTypeVersion="50" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="bad25a41de91cba82dca6030f89c4629">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="c113be2e-d717-4248-9c80-2a0db45c5d3a" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns3="bf16e001-6e0a-41f6-b7fc-f0cc296fee81" xmlns:ns4="338b9ae2-514f-4731-aebb-b673b578e8e0" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="15015d5fc7e089205c6647f787576e3a" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="c113be2e-d717-4248-9c80-2a0db45c5d3a"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="bf16e001-6e0a-41f6-b7fc-f0cc296fee81"/>
     <xsd:import namespace="338b9ae2-514f-4731-aebb-b673b578e8e0"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:Stage" minOccurs="0"/>
                 <xsd:element ref="ns1:DocumentType" minOccurs="0"/>
                 <xsd:element ref="ns1:DocumentStage" minOccurs="0"/>
                 <xsd:element ref="ns1:PubId"/>
                 <xsd:element ref="ns1:ProjectStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentSetDescription" minOccurs="0"/>
                 <xsd:element ref="ns1:ProjectName" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishableLocations" minOccurs="0"/>
                 <xsd:element ref="ns1:Publish_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns1:View_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns1:ProjectLanguageTaxHTField0" minOccurs="0"/>
                 <xsd:element ref="ns1:TaxCatchAll" minOccurs="0"/>
@@ -30841,263 +30717,155 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...104 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58A1F518-5E3C-4A1E-A3C6-6D64936B40F1}"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{626AB05D-20DB-4A2E-8F4E-F84EC6A32D4E}"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4C1AF9B-B25B-44D1-9E36-CE047F68A91D}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7316A224-B694-4310-8C9C-821620F1D184}"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11DD0BCB-8803-407E-A4F3-D359BF126CB2}"/>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58A1F518-5E3C-4A1E-A3C6-6D64936B40F1}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>ARCATMasterR2</Template>
+  <Template>C:\Users\FreyJ\AppData\Local\Microsoft\Windows\Temporary Internet Files\ARCATMasterR2.dot</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>51768</Characters>
+  <Pages>20</Pages>
+  <Words>8336</Words>
+  <Characters>47520</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>431</Lines>
-  <Paragraphs>121</Paragraphs>
+  <Lines>396</Lines>
+  <Paragraphs>111</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Section 073113 - Fiberglass-Based Asphalt Shingles</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hanley Wood LLC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>60728</CharactersWithSpaces>
+  <CharactersWithSpaces>55745</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject>Owens Corning Roofing and Asphalt LLC</dc:subject>
   <dc:creator>Owens Corning User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TitusGUID">
     <vt:lpwstr>510d69ad-eac1-4d0a-8664-2addbfdef925</vt:lpwstr>
   </property>